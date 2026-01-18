--- v0 (2025-10-17)
+++ v1 (2026-01-18)
@@ -10,56 +10,56 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="892" uniqueCount="888">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="898" uniqueCount="893">
   <si>
     <t>Central Pollution Control Board</t>
   </si>
   <si>
-    <t>List of CAAQM Stations                                            Date:2025-10-16</t>
+    <t>List of CAAQM Stations                                            Date:2026-01-18</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>Station Name</t>
   </si>
   <si>
     <t>Sri Vijaya Puram</t>
   </si>
   <si>
     <t>Police Line, Sri Vijaya Puram - ANPCC</t>
   </si>
   <si>
     <t>Andaman and Nicobar</t>
   </si>
   <si>
     <t>Amaravati</t>
   </si>
   <si>
     <t>Secretariat, Amaravati - APPCB</t>
   </si>
@@ -540,50 +540,53 @@
   <si>
     <t>Okhla Phase-2, Delhi - DPCC</t>
   </si>
   <si>
     <t>Wazirpur, Delhi - DPCC</t>
   </si>
   <si>
     <t>Bawana, Delhi - DPCC</t>
   </si>
   <si>
     <t>Sri Aurobindo Marg, Delhi - DPCC</t>
   </si>
   <si>
     <t>Pusa, Delhi - DPCC</t>
   </si>
   <si>
     <t>Mundka, Delhi - DPCC</t>
   </si>
   <si>
     <t>Lodhi Road, Delhi - IITM</t>
   </si>
   <si>
     <t>Chandni Chowk, Delhi - IITM</t>
   </si>
   <si>
+    <t>IIT Delhi, Delhi - IITM</t>
+  </si>
+  <si>
     <t>Delhi</t>
   </si>
   <si>
     <t>Maninagar, Ahmedabad - GPCB</t>
   </si>
   <si>
     <t>Gyaspur, Ahmedabad - IITM</t>
   </si>
   <si>
     <t>Rakhial, Ahmedabad - IITM</t>
   </si>
   <si>
     <t>Chandkheda, Ahmedabad - IITM</t>
   </si>
   <si>
     <t>SVPI Airport Hansol, Ahmedabad - IITM</t>
   </si>
   <si>
     <t>Sardar Vallabhbhai Patel Stadium, Ahmedabad - IITM</t>
   </si>
   <si>
     <t>SAC ISRO Bopal, Ahmedabad - IITM</t>
   </si>
   <si>
     <t>SAC ISRO Satellite, Ahmedabad - IITM</t>
@@ -723,51 +726,51 @@
   <si>
     <t>Police Lines, Jind - HSPCB</t>
   </si>
   <si>
     <t>Kaithal</t>
   </si>
   <si>
     <t>Rishi Nagar, Kaithal - HSPCB</t>
   </si>
   <si>
     <t>Karnal</t>
   </si>
   <si>
     <t>Sector-12, Karnal - HSPCB</t>
   </si>
   <si>
     <t>Kurukshetra</t>
   </si>
   <si>
     <t>Sector-7, Kurukshetra - HSPCB</t>
   </si>
   <si>
     <t>Mandikhera</t>
   </si>
   <si>
-    <t>General Hospital, Mandikhera - HSPCB</t>
+    <t>General Hospital, Mandikhera(Nuh) - HSPCB</t>
   </si>
   <si>
     <t>Manesar</t>
   </si>
   <si>
     <t>Sector-2 IMT, Manesar - HSPCB</t>
   </si>
   <si>
     <t>Narnaul</t>
   </si>
   <si>
     <t>Shastri Nagar, Narnaul - HSPCB</t>
   </si>
   <si>
     <t>Palwal</t>
   </si>
   <si>
     <t>Shyam Nagar, Palwal - HSPCB</t>
   </si>
   <si>
     <t>Panchgaon</t>
   </si>
   <si>
     <t>Amity University, Panchgaon - IITM</t>
   </si>
@@ -798,56 +801,65 @@
   <si>
     <t>Sonipat</t>
   </si>
   <si>
     <t>Murthal, Sonipat - HSPCB</t>
   </si>
   <si>
     <t>Yamunanagar</t>
   </si>
   <si>
     <t>Gobind Pura, Yamuna Nagar - HSPCB</t>
   </si>
   <si>
     <t>Haryana</t>
   </si>
   <si>
     <t>Baddi</t>
   </si>
   <si>
     <t>HIMUDA Complex Phase-1, Baddi - HPPCB</t>
   </si>
   <si>
     <t>Himachal Pradesh</t>
   </si>
   <si>
+    <t>Pampore</t>
+  </si>
+  <si>
+    <t>Khrew, Pampore - JKPCC</t>
+  </si>
+  <si>
+    <t>Rajbagh, Srinagar - JKPCC</t>
+  </si>
+  <si>
+    <t>Khunmoh, Srinagar - JKPCC</t>
+  </si>
+  <si>
     <t>Srinagar</t>
   </si>
   <si>
-    <t>Rajbagh, Srinagar - JKSPCB</t>
-[...1 lines deleted...]
-  <si>
     <t>Jammu_and_Kashmir</t>
   </si>
   <si>
     <t>Sardar Patel Nagar, Dhanbad - JSPCB</t>
   </si>
   <si>
     <t>Kalakusuma, Dhanbad - DMC</t>
   </si>
   <si>
     <t>Dhanbad</t>
   </si>
   <si>
     <t>Jorapokhar</t>
   </si>
   <si>
     <t>Tata Stadium, Jorapokhar - JSPCB</t>
   </si>
   <si>
     <t>Pathardih</t>
   </si>
   <si>
     <t>Mohalbani Ghat, Pathardih - DMC</t>
   </si>
   <si>
     <t>Jharkhand</t>
@@ -1095,50 +1107,53 @@
   <si>
     <t>Kozhikode</t>
   </si>
   <si>
     <t>Palayam, Kozhikode - Kerala PCB</t>
   </si>
   <si>
     <t>Plammoodu, Thiruvananthapuram - Kerala PCB</t>
   </si>
   <si>
     <t>Kariavattom, Thiruvananthapuram - Kerala PCB</t>
   </si>
   <si>
     <t>Thiruvananthapuram</t>
   </si>
   <si>
     <t>Thrissur</t>
   </si>
   <si>
     <t>Corporation Ground, Thrissur - Kerala PCB</t>
   </si>
   <si>
     <t>Kerala</t>
   </si>
   <si>
+    <t>Mahashweta Nagar, Ujjain - MPPCB</t>
+  </si>
+  <si>
     <t>T T Nagar, Bhopal - MPPCB</t>
   </si>
   <si>
     <t>Paryavaran Parisar, Bhopal - MPPCB</t>
   </si>
   <si>
     <t>Idgah Hills, Bhopal - MPPCB</t>
   </si>
   <si>
     <t>Bhopal</t>
   </si>
   <si>
     <t>Damoh</t>
   </si>
   <si>
     <t>Shrivastav Colony, Damoh - MPPCB</t>
   </si>
   <si>
     <t>Dewas</t>
   </si>
   <si>
     <t>Bhopal Chauraha, Dewas - MPPCB</t>
   </si>
   <si>
     <t>City Center, Gwalior - MPPCB</t>
@@ -1221,56 +1236,56 @@
   <si>
     <t>Shasthri Nagar, Ratlam - IPCA Lab</t>
   </si>
   <si>
     <t>Deen Dayal Nagar, Sagar - MPPCB</t>
   </si>
   <si>
     <t>Civil Lines, Sagar - MPPCB</t>
   </si>
   <si>
     <t>Sagar</t>
   </si>
   <si>
     <t>Satna</t>
   </si>
   <si>
     <t>Bandhavgar Colony, Satna - Birla Cement</t>
   </si>
   <si>
     <t>Singrauli</t>
   </si>
   <si>
     <t>Suryakiran Bhawan NCL, Singrauli - MPPCB</t>
   </si>
   <si>
+    <t>Mahakaleshwar Temple, Ujjain - MPPCB</t>
+  </si>
+  <si>
     <t>Ujjain</t>
   </si>
   <si>
-    <t>Mahakaleshwar Temple, Ujjain - MPPCB</t>
-[...1 lines deleted...]
-  <si>
     <t>MadhyaPradesh</t>
   </si>
   <si>
     <t>Ahmednagar</t>
   </si>
   <si>
     <t>Tarakpur, Ahmednagar - MPCB</t>
   </si>
   <si>
     <t>Akola</t>
   </si>
   <si>
     <t>Ramdaspeth, Akola - MPCB</t>
   </si>
   <si>
     <t>Shivneri Colony, Amravati - MPCB</t>
   </si>
   <si>
     <t>Shri Shivaji Science College, Amravati - MPCB</t>
   </si>
   <si>
     <t>Amravati</t>
   </si>
   <si>
     <t>More Chowk Waluj, Aurangabad - MPCB</t>
@@ -2607,51 +2622,51 @@
   <si>
     <t>Uttarakhand</t>
   </si>
   <si>
     <t>Asansol Court Area, Asansol - WBPCB</t>
   </si>
   <si>
     <t>Evelyn Lodge, Asansol - WBPCB</t>
   </si>
   <si>
     <t>Mahabir Colliery, Asansol - WBPCB</t>
   </si>
   <si>
     <t>Trivenidevi Bhalotia College, Asansol - WBPCB</t>
   </si>
   <si>
     <t>Asanol</t>
   </si>
   <si>
     <t>Barrackpore</t>
   </si>
   <si>
     <t>SVSPA Campus, Barrackpore - WBPCB</t>
   </si>
   <si>
-    <t>Womens College_City Center, Durgapur - WBPCB (Formerly known as Sidhu Kanhu Indoor Stadium)</t>
+    <t>Womens College_City Center, Durgapur - WBPCB</t>
   </si>
   <si>
     <t>PCBL Residential Complex, Durgapur - WBPCB</t>
   </si>
   <si>
     <t>Mahishkapur Road_B-Zone, Durgapur - WBPCB</t>
   </si>
   <si>
     <t>Durgapur</t>
   </si>
   <si>
     <t>Haldia</t>
   </si>
   <si>
     <t>Priyambada Housing Estate, Haldia - WBPCB</t>
   </si>
   <si>
     <t>Ghusuri, Howrah - WBPCB</t>
   </si>
   <si>
     <t>Padmapukur, Howrah - WBPCB</t>
   </si>
   <si>
     <t>Belur Math, Howrah - WBPCB</t>
   </si>
@@ -3072,51 +3087,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F565"/>
+  <dimension ref="A1:F570"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="25" width="3.7109375" customWidth="1"/>
     <col min="2" max="25" width="20.7109375" customWidth="1"/>
     <col min="3" max="25" width="3.7109375" customWidth="1"/>
     <col min="4" max="25" width="20.7109375" customWidth="1"/>
     <col min="5" max="25" width="3.7109375" customWidth="1"/>
     <col min="6" max="25" width="45.7109375" customWidth="1"/>
     <col min="7" max="25" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
     <row r="2" spans="1:6">
@@ -4268,57 +4283,57 @@
       <c r="F78" s="4" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="4"/>
       <c r="B79" s="4"/>
       <c r="C79" s="4">
         <v>51</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>134</v>
       </c>
       <c r="E79" s="4">
         <v>76</v>
       </c>
       <c r="F79" s="4" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="4">
         <v>8</v>
       </c>
       <c r="B80" s="4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C80" s="4">
         <v>52</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E80" s="4">
         <v>77</v>
       </c>
       <c r="F80" s="4" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="4"/>
       <c r="B81" s="4"/>
       <c r="C81" s="4"/>
       <c r="D81" s="4"/>
       <c r="E81" s="4">
         <v>78</v>
       </c>
       <c r="F81" s="4" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="4"/>
       <c r="B82" s="4"/>
       <c r="C82" s="4"/>
       <c r="D82" s="4"/>
@@ -4740,74 +4755,74 @@
     <row r="117" spans="1:6">
       <c r="A117" s="4"/>
       <c r="B117" s="4"/>
       <c r="C117" s="4"/>
       <c r="D117" s="4"/>
       <c r="E117" s="4">
         <v>114</v>
       </c>
       <c r="F117" s="4" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="4"/>
       <c r="B118" s="4"/>
       <c r="C118" s="4"/>
       <c r="D118" s="4"/>
       <c r="E118" s="4">
         <v>115</v>
       </c>
       <c r="F118" s="4" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="119" spans="1:6">
-      <c r="A119" s="4">
-[...10 lines deleted...]
-      </c>
+      <c r="A119" s="4"/>
+      <c r="B119" s="4"/>
+      <c r="C119" s="4"/>
+      <c r="D119" s="4"/>
       <c r="E119" s="4">
         <v>116</v>
       </c>
       <c r="F119" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
     </row>
     <row r="120" spans="1:6">
-      <c r="A120" s="4"/>
-[...2 lines deleted...]
-      <c r="D120" s="4"/>
+      <c r="A120" s="4">
+        <v>9</v>
+      </c>
+      <c r="B120" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="C120" s="4">
+        <v>53</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>187</v>
+      </c>
       <c r="E120" s="4">
         <v>117</v>
       </c>
       <c r="F120" s="4" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="4"/>
       <c r="B121" s="4"/>
       <c r="C121" s="4"/>
       <c r="D121" s="4"/>
       <c r="E121" s="4">
         <v>118</v>
       </c>
       <c r="F121" s="4" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="4"/>
       <c r="B122" s="4"/>
       <c r="C122" s="4"/>
       <c r="D122" s="4"/>
       <c r="E122" s="4">
@@ -4858,2352 +4873,2358 @@
       <c r="B126" s="4"/>
       <c r="C126" s="4"/>
       <c r="D126" s="4"/>
       <c r="E126" s="4">
         <v>123</v>
       </c>
       <c r="F126" s="4" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="4"/>
       <c r="B127" s="4"/>
       <c r="C127" s="4"/>
       <c r="D127" s="4"/>
       <c r="E127" s="4">
         <v>124</v>
       </c>
       <c r="F127" s="4" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="4"/>
       <c r="B128" s="4"/>
-      <c r="C128" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C128" s="4"/>
+      <c r="D128" s="4"/>
       <c r="E128" s="4">
         <v>125</v>
       </c>
       <c r="F128" s="4" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="4"/>
       <c r="B129" s="4"/>
       <c r="C129" s="4">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="E129" s="4">
         <v>126</v>
       </c>
       <c r="F129" s="4" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="4"/>
       <c r="B130" s="4"/>
-      <c r="C130" s="4"/>
-      <c r="D130" s="4"/>
+      <c r="C130" s="4">
+        <v>55</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>193</v>
+      </c>
       <c r="E130" s="4">
         <v>127</v>
       </c>
       <c r="F130" s="4" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="4"/>
       <c r="B131" s="4"/>
       <c r="C131" s="4"/>
       <c r="D131" s="4"/>
       <c r="E131" s="4">
         <v>128</v>
       </c>
       <c r="F131" s="4" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="4"/>
       <c r="B132" s="4"/>
-      <c r="C132" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C132" s="4"/>
+      <c r="D132" s="4"/>
       <c r="E132" s="4">
         <v>129</v>
       </c>
       <c r="F132" s="4" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="4"/>
       <c r="B133" s="4"/>
       <c r="C133" s="4">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E133" s="4">
         <v>130</v>
       </c>
       <c r="F133" s="4" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="4"/>
       <c r="B134" s="4"/>
       <c r="C134" s="4">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="E134" s="4">
         <v>131</v>
       </c>
       <c r="F134" s="4" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="4"/>
       <c r="B135" s="4"/>
       <c r="C135" s="4">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="E135" s="4">
         <v>132</v>
       </c>
       <c r="F135" s="4" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
+      <c r="A136" s="4"/>
+      <c r="B136" s="4"/>
+      <c r="C136" s="4">
+        <v>59</v>
+      </c>
+      <c r="D136" s="4" t="s">
         <v>200</v>
-      </c>
-[...12 lines deleted...]
-        <v>202</v>
       </c>
       <c r="E136" s="4">
         <v>133</v>
       </c>
       <c r="F136" s="4" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="A137" s="4">
+        <v>10</v>
+      </c>
+      <c r="B137" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="C137" s="4">
+        <v>60</v>
+      </c>
+      <c r="D137" s="4" t="s">
         <v>203</v>
-      </c>
-[...8 lines deleted...]
-        <v>204</v>
       </c>
       <c r="E137" s="4">
         <v>134</v>
       </c>
       <c r="F137" s="4" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="4"/>
       <c r="B138" s="4"/>
       <c r="C138" s="4">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E138" s="4">
         <v>135</v>
       </c>
       <c r="F138" s="4" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="4"/>
       <c r="B139" s="4"/>
       <c r="C139" s="4">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D139" s="4" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E139" s="4">
         <v>136</v>
       </c>
       <c r="F139" s="4" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="4"/>
       <c r="B140" s="4"/>
       <c r="C140" s="4">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="E140" s="4">
         <v>137</v>
       </c>
       <c r="F140" s="4" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="4"/>
       <c r="B141" s="4"/>
       <c r="C141" s="4">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E141" s="4">
         <v>138</v>
       </c>
       <c r="F141" s="4" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="4"/>
       <c r="B142" s="4"/>
       <c r="C142" s="4">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="E142" s="4">
         <v>139</v>
       </c>
       <c r="F142" s="4" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="4"/>
       <c r="B143" s="4"/>
-      <c r="C143" s="4"/>
-      <c r="D143" s="4"/>
+      <c r="C143" s="4">
+        <v>66</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>219</v>
+      </c>
       <c r="E143" s="4">
         <v>140</v>
       </c>
       <c r="F143" s="4" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="4"/>
       <c r="B144" s="4"/>
       <c r="C144" s="4"/>
       <c r="D144" s="4"/>
       <c r="E144" s="4">
         <v>141</v>
       </c>
       <c r="F144" s="4" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="4"/>
       <c r="B145" s="4"/>
       <c r="C145" s="4"/>
       <c r="D145" s="4"/>
       <c r="E145" s="4">
         <v>142</v>
       </c>
       <c r="F145" s="4" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="4"/>
       <c r="B146" s="4"/>
-      <c r="C146" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C146" s="4"/>
+      <c r="D146" s="4"/>
       <c r="E146" s="4">
         <v>143</v>
       </c>
       <c r="F146" s="4" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="4"/>
       <c r="B147" s="4"/>
       <c r="C147" s="4">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D147" s="4" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="E147" s="4">
         <v>144</v>
       </c>
       <c r="F147" s="4" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="4"/>
       <c r="B148" s="4"/>
-      <c r="C148" s="4"/>
-      <c r="D148" s="4"/>
+      <c r="C148" s="4">
+        <v>68</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>226</v>
+      </c>
       <c r="E148" s="4">
         <v>145</v>
       </c>
       <c r="F148" s="4" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="4"/>
       <c r="B149" s="4"/>
       <c r="C149" s="4"/>
       <c r="D149" s="4"/>
       <c r="E149" s="4">
         <v>146</v>
       </c>
       <c r="F149" s="4" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="4"/>
       <c r="B150" s="4"/>
       <c r="C150" s="4"/>
       <c r="D150" s="4"/>
       <c r="E150" s="4">
         <v>147</v>
       </c>
       <c r="F150" s="4" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="4"/>
       <c r="B151" s="4"/>
-      <c r="C151" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C151" s="4"/>
+      <c r="D151" s="4"/>
       <c r="E151" s="4">
         <v>148</v>
       </c>
       <c r="F151" s="4" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="4"/>
       <c r="B152" s="4"/>
       <c r="C152" s="4">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E152" s="4">
         <v>149</v>
       </c>
       <c r="F152" s="4" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="4"/>
       <c r="B153" s="4"/>
       <c r="C153" s="4">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D153" s="4" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="E153" s="4">
         <v>150</v>
       </c>
       <c r="F153" s="4" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="4"/>
       <c r="B154" s="4"/>
       <c r="C154" s="4">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="E154" s="4">
         <v>151</v>
       </c>
       <c r="F154" s="4" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="4"/>
       <c r="B155" s="4"/>
       <c r="C155" s="4">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="E155" s="4">
         <v>152</v>
       </c>
       <c r="F155" s="4" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="4"/>
       <c r="B156" s="4"/>
       <c r="C156" s="4">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="E156" s="4">
         <v>153</v>
       </c>
       <c r="F156" s="4" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="4"/>
       <c r="B157" s="4"/>
       <c r="C157" s="4">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="E157" s="4">
         <v>154</v>
       </c>
       <c r="F157" s="4" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="4"/>
       <c r="B158" s="4"/>
       <c r="C158" s="4">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="E158" s="4">
         <v>155</v>
       </c>
       <c r="F158" s="4" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="4"/>
       <c r="B159" s="4"/>
       <c r="C159" s="4">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="E159" s="4">
         <v>156</v>
       </c>
       <c r="F159" s="4" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="4"/>
       <c r="B160" s="4"/>
       <c r="C160" s="4">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="E160" s="4">
         <v>157</v>
       </c>
       <c r="F160" s="4" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="4"/>
       <c r="B161" s="4"/>
       <c r="C161" s="4">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="E161" s="4">
         <v>158</v>
       </c>
       <c r="F161" s="4" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="4"/>
       <c r="B162" s="4"/>
       <c r="C162" s="4">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="E162" s="4">
         <v>159</v>
       </c>
       <c r="F162" s="4" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="4"/>
       <c r="B163" s="4"/>
       <c r="C163" s="4">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="E163" s="4">
         <v>160</v>
       </c>
       <c r="F163" s="4" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="4"/>
       <c r="B164" s="4"/>
       <c r="C164" s="4">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="E164" s="4">
         <v>161</v>
       </c>
       <c r="F164" s="4" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="4"/>
       <c r="B165" s="4"/>
       <c r="C165" s="4">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="E165" s="4">
         <v>162</v>
       </c>
       <c r="F165" s="4" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="4"/>
       <c r="B166" s="4"/>
       <c r="C166" s="4">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="E166" s="4">
         <v>163</v>
       </c>
       <c r="F166" s="4" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="A167" s="4"/>
+      <c r="B167" s="4"/>
+      <c r="C167" s="4">
+        <v>84</v>
+      </c>
+      <c r="D167" s="4" t="s">
         <v>257</v>
-      </c>
-[...12 lines deleted...]
-        <v>259</v>
       </c>
       <c r="E167" s="4">
         <v>164</v>
       </c>
       <c r="F167" s="4" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="4">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B168" s="4" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C168" s="4">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="E168" s="4">
         <v>165</v>
       </c>
       <c r="F168" s="4" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="4">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C169" s="4">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="E169" s="4">
         <v>166</v>
       </c>
       <c r="F169" s="4" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="4"/>
       <c r="B170" s="4"/>
-      <c r="C170" s="4"/>
-      <c r="D170" s="4"/>
+      <c r="C170" s="4">
+        <v>87</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>267</v>
+      </c>
       <c r="E170" s="4">
         <v>167</v>
       </c>
       <c r="F170" s="4" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="4"/>
       <c r="B171" s="4"/>
-      <c r="C171" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C171" s="4"/>
+      <c r="D171" s="4"/>
       <c r="E171" s="4">
         <v>168</v>
       </c>
       <c r="F171" s="4" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
     </row>
     <row r="172" spans="1:6">
-      <c r="A172" s="4"/>
-      <c r="B172" s="4"/>
+      <c r="A172" s="4">
+        <v>13</v>
+      </c>
+      <c r="B172" s="4" t="s">
+        <v>276</v>
+      </c>
       <c r="C172" s="4">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E172" s="4">
         <v>169</v>
       </c>
       <c r="F172" s="4" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
     </row>
     <row r="173" spans="1:6">
-      <c r="A173" s="4">
-[...10 lines deleted...]
-      </c>
+      <c r="A173" s="4"/>
+      <c r="B173" s="4"/>
+      <c r="C173" s="4"/>
+      <c r="D173" s="4"/>
       <c r="E173" s="4">
         <v>170</v>
       </c>
       <c r="F173" s="4" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="4"/>
       <c r="B174" s="4"/>
       <c r="C174" s="4">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>289</v>
+        <v>272</v>
       </c>
       <c r="E174" s="4">
         <v>171</v>
       </c>
       <c r="F174" s="4" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="4"/>
       <c r="B175" s="4"/>
-      <c r="C175" s="4"/>
-      <c r="D175" s="4"/>
+      <c r="C175" s="4">
+        <v>90</v>
+      </c>
+      <c r="D175" s="4" t="s">
+        <v>274</v>
+      </c>
       <c r="E175" s="4">
         <v>172</v>
       </c>
       <c r="F175" s="4" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
     </row>
     <row r="176" spans="1:6">
-      <c r="A176" s="4"/>
-[...2 lines deleted...]
-      <c r="D176" s="4"/>
+      <c r="A176" s="4">
+        <v>14</v>
+      </c>
+      <c r="B176" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="C176" s="4">
+        <v>91</v>
+      </c>
+      <c r="D176" s="4" t="s">
+        <v>277</v>
+      </c>
       <c r="E176" s="4">
         <v>173</v>
       </c>
       <c r="F176" s="4" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="4"/>
       <c r="B177" s="4"/>
-      <c r="C177" s="4"/>
-      <c r="D177" s="4"/>
+      <c r="C177" s="4">
+        <v>92</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>293</v>
+      </c>
       <c r="E177" s="4">
         <v>174</v>
       </c>
       <c r="F177" s="4" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="4"/>
       <c r="B178" s="4"/>
       <c r="C178" s="4"/>
       <c r="D178" s="4"/>
       <c r="E178" s="4">
         <v>175</v>
       </c>
       <c r="F178" s="4" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="4"/>
       <c r="B179" s="4"/>
       <c r="C179" s="4"/>
       <c r="D179" s="4"/>
       <c r="E179" s="4">
         <v>176</v>
       </c>
       <c r="F179" s="4" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="4"/>
       <c r="B180" s="4"/>
       <c r="C180" s="4"/>
       <c r="D180" s="4"/>
       <c r="E180" s="4">
         <v>177</v>
       </c>
       <c r="F180" s="4" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="4"/>
       <c r="B181" s="4"/>
       <c r="C181" s="4"/>
       <c r="D181" s="4"/>
       <c r="E181" s="4">
         <v>178</v>
       </c>
       <c r="F181" s="4" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="4"/>
       <c r="B182" s="4"/>
       <c r="C182" s="4"/>
       <c r="D182" s="4"/>
       <c r="E182" s="4">
         <v>179</v>
       </c>
       <c r="F182" s="4" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="4"/>
       <c r="B183" s="4"/>
       <c r="C183" s="4"/>
       <c r="D183" s="4"/>
       <c r="E183" s="4">
         <v>180</v>
       </c>
       <c r="F183" s="4" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="4"/>
       <c r="B184" s="4"/>
       <c r="C184" s="4"/>
       <c r="D184" s="4"/>
       <c r="E184" s="4">
         <v>181</v>
       </c>
       <c r="F184" s="4" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="4"/>
       <c r="B185" s="4"/>
       <c r="C185" s="4"/>
       <c r="D185" s="4"/>
       <c r="E185" s="4">
         <v>182</v>
       </c>
       <c r="F185" s="4" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="4"/>
       <c r="B186" s="4"/>
       <c r="C186" s="4"/>
       <c r="D186" s="4"/>
       <c r="E186" s="4">
         <v>183</v>
       </c>
       <c r="F186" s="4" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="4"/>
       <c r="B187" s="4"/>
       <c r="C187" s="4"/>
       <c r="D187" s="4"/>
       <c r="E187" s="4">
         <v>184</v>
       </c>
       <c r="F187" s="4" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="4"/>
       <c r="B188" s="4"/>
-      <c r="C188" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C188" s="4"/>
+      <c r="D188" s="4"/>
       <c r="E188" s="4">
         <v>185</v>
       </c>
       <c r="F188" s="4" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="4"/>
       <c r="B189" s="4"/>
-      <c r="C189" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C189" s="4"/>
+      <c r="D189" s="4"/>
       <c r="E189" s="4">
         <v>186</v>
       </c>
       <c r="F189" s="4" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="4"/>
       <c r="B190" s="4"/>
-      <c r="C190" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C190" s="4"/>
+      <c r="D190" s="4"/>
       <c r="E190" s="4">
         <v>187</v>
       </c>
       <c r="F190" s="4" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="4"/>
       <c r="B191" s="4"/>
       <c r="C191" s="4">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="E191" s="4">
         <v>188</v>
       </c>
       <c r="F191" s="4" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="4"/>
       <c r="B192" s="4"/>
       <c r="C192" s="4">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D192" s="4" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="E192" s="4">
         <v>189</v>
       </c>
       <c r="F192" s="4" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="4"/>
       <c r="B193" s="4"/>
       <c r="C193" s="4">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="E193" s="4">
         <v>190</v>
       </c>
       <c r="F193" s="4" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="4"/>
       <c r="B194" s="4"/>
       <c r="C194" s="4">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D194" s="4" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="E194" s="4">
         <v>191</v>
       </c>
       <c r="F194" s="4" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="4"/>
       <c r="B195" s="4"/>
       <c r="C195" s="4">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D195" s="4" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="E195" s="4">
         <v>192</v>
       </c>
       <c r="F195" s="4" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="4"/>
       <c r="B196" s="4"/>
       <c r="C196" s="4">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="E196" s="4">
         <v>193</v>
       </c>
       <c r="F196" s="4" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="4"/>
       <c r="B197" s="4"/>
       <c r="C197" s="4">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="E197" s="4">
         <v>194</v>
       </c>
       <c r="F197" s="4" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="4"/>
       <c r="B198" s="4"/>
       <c r="C198" s="4">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D198" s="4" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="E198" s="4">
         <v>195</v>
       </c>
       <c r="F198" s="4" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="4"/>
       <c r="B199" s="4"/>
-      <c r="C199" s="4"/>
-      <c r="D199" s="4"/>
+      <c r="C199" s="4">
+        <v>101</v>
+      </c>
+      <c r="D199" s="4" t="s">
+        <v>310</v>
+      </c>
       <c r="E199" s="4">
         <v>196</v>
       </c>
       <c r="F199" s="4" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="4"/>
       <c r="B200" s="4"/>
       <c r="C200" s="4">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D200" s="4" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="E200" s="4">
         <v>197</v>
       </c>
       <c r="F200" s="4" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="4"/>
       <c r="B201" s="4"/>
-      <c r="C201" s="4"/>
-      <c r="D201" s="4"/>
+      <c r="C201" s="4">
+        <v>103</v>
+      </c>
+      <c r="D201" s="4" t="s">
+        <v>316</v>
+      </c>
       <c r="E201" s="4">
         <v>198</v>
       </c>
       <c r="F201" s="4" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="4"/>
       <c r="B202" s="4"/>
-      <c r="C202" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C202" s="4"/>
+      <c r="D202" s="4"/>
       <c r="E202" s="4">
         <v>199</v>
       </c>
       <c r="F202" s="4" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="4"/>
       <c r="B203" s="4"/>
       <c r="C203" s="4">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D203" s="4" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E203" s="4">
         <v>200</v>
       </c>
       <c r="F203" s="4" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="4"/>
       <c r="B204" s="4"/>
-      <c r="C204" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C204" s="4"/>
+      <c r="D204" s="4"/>
       <c r="E204" s="4">
         <v>201</v>
       </c>
       <c r="F204" s="4" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="4"/>
       <c r="B205" s="4"/>
       <c r="C205" s="4">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D205" s="4" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="E205" s="4">
         <v>202</v>
       </c>
       <c r="F205" s="4" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="4"/>
       <c r="B206" s="4"/>
       <c r="C206" s="4">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D206" s="4" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="E206" s="4">
         <v>203</v>
       </c>
       <c r="F206" s="4" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="4"/>
       <c r="B207" s="4"/>
       <c r="C207" s="4">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D207" s="4" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="E207" s="4">
         <v>204</v>
       </c>
       <c r="F207" s="4" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="4"/>
       <c r="B208" s="4"/>
       <c r="C208" s="4">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D208" s="4" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="E208" s="4">
         <v>205</v>
       </c>
       <c r="F208" s="4" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="4"/>
       <c r="B209" s="4"/>
       <c r="C209" s="4">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="D209" s="4" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E209" s="4">
         <v>206</v>
       </c>
       <c r="F209" s="4" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="4"/>
       <c r="B210" s="4"/>
       <c r="C210" s="4">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D210" s="4" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="E210" s="4">
         <v>207</v>
       </c>
       <c r="F210" s="4" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="4"/>
       <c r="B211" s="4"/>
       <c r="C211" s="4">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D211" s="4" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="E211" s="4">
         <v>208</v>
       </c>
       <c r="F211" s="4" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="4"/>
       <c r="B212" s="4"/>
       <c r="C212" s="4">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="D212" s="4" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="E212" s="4">
         <v>209</v>
       </c>
       <c r="F212" s="4" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="4"/>
       <c r="B213" s="4"/>
       <c r="C213" s="4">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D213" s="4" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="E213" s="4">
         <v>210</v>
       </c>
       <c r="F213" s="4" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="4"/>
       <c r="B214" s="4"/>
       <c r="C214" s="4">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D214" s="4" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="E214" s="4">
         <v>211</v>
       </c>
       <c r="F214" s="4" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
     </row>
     <row r="215" spans="1:6">
-      <c r="A215" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="A215" s="4"/>
+      <c r="B215" s="4"/>
       <c r="C215" s="4">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="D215" s="4" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="E215" s="4">
         <v>212</v>
       </c>
       <c r="F215" s="4" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="4"/>
       <c r="B216" s="4"/>
       <c r="C216" s="4">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D216" s="4" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="E216" s="4">
         <v>213</v>
       </c>
       <c r="F216" s="4" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="4"/>
       <c r="B217" s="4"/>
       <c r="C217" s="4">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="D217" s="4" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="E217" s="4">
         <v>214</v>
       </c>
       <c r="F217" s="4" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
     </row>
     <row r="218" spans="1:6">
-      <c r="A218" s="4"/>
-      <c r="B218" s="4"/>
+      <c r="A218" s="4">
+        <v>15</v>
+      </c>
+      <c r="B218" s="4" t="s">
+        <v>364</v>
+      </c>
       <c r="C218" s="4">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D218" s="4" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="E218" s="4">
         <v>215</v>
       </c>
       <c r="F218" s="4" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="4"/>
       <c r="B219" s="4"/>
       <c r="C219" s="4">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="D219" s="4" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="E219" s="4">
         <v>216</v>
       </c>
       <c r="F219" s="4" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="4"/>
       <c r="B220" s="4"/>
       <c r="C220" s="4">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D220" s="4" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="E220" s="4">
         <v>217</v>
       </c>
       <c r="F220" s="4" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="4"/>
       <c r="B221" s="4"/>
       <c r="C221" s="4">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D221" s="4" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="E221" s="4">
         <v>218</v>
       </c>
       <c r="F221" s="4" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="4"/>
       <c r="B222" s="4"/>
-      <c r="C222" s="4"/>
-      <c r="D222" s="4"/>
+      <c r="C222" s="4">
+        <v>122</v>
+      </c>
+      <c r="D222" s="4" t="s">
+        <v>355</v>
+      </c>
       <c r="E222" s="4">
         <v>219</v>
       </c>
       <c r="F222" s="4" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="4"/>
       <c r="B223" s="4"/>
       <c r="C223" s="4">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D223" s="4" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="E223" s="4">
         <v>220</v>
       </c>
       <c r="F223" s="4" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
     </row>
     <row r="224" spans="1:6">
-      <c r="A224" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="A224" s="4"/>
+      <c r="B224" s="4"/>
       <c r="C224" s="4">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D224" s="4" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="E224" s="4">
         <v>221</v>
       </c>
       <c r="F224" s="4" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="4"/>
       <c r="B225" s="4"/>
       <c r="C225" s="4"/>
       <c r="D225" s="4"/>
       <c r="E225" s="4">
         <v>222</v>
       </c>
       <c r="F225" s="4" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="4"/>
       <c r="B226" s="4"/>
-      <c r="C226" s="4"/>
-      <c r="D226" s="4"/>
+      <c r="C226" s="4">
+        <v>125</v>
+      </c>
+      <c r="D226" s="4" t="s">
+        <v>362</v>
+      </c>
       <c r="E226" s="4">
         <v>223</v>
       </c>
       <c r="F226" s="4" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="227" spans="1:6">
-      <c r="A227" s="4"/>
-      <c r="B227" s="4"/>
+      <c r="A227" s="4">
+        <v>16</v>
+      </c>
+      <c r="B227" s="4" t="s">
+        <v>410</v>
+      </c>
       <c r="C227" s="4">
         <v>126</v>
       </c>
-      <c r="D227" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D227" s="4"/>
       <c r="E227" s="4">
         <v>224</v>
       </c>
       <c r="F227" s="4" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="4"/>
       <c r="B228" s="4"/>
       <c r="C228" s="4">
         <v>127</v>
       </c>
       <c r="D228" s="4" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="E228" s="4">
         <v>225</v>
       </c>
       <c r="F228" s="4" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="4"/>
       <c r="B229" s="4"/>
-      <c r="C229" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C229" s="4"/>
+      <c r="D229" s="4"/>
       <c r="E229" s="4">
         <v>226</v>
       </c>
       <c r="F229" s="4" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="4"/>
       <c r="B230" s="4"/>
       <c r="C230" s="4"/>
       <c r="D230" s="4"/>
       <c r="E230" s="4">
         <v>227</v>
       </c>
       <c r="F230" s="4" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="4"/>
       <c r="B231" s="4"/>
-      <c r="C231" s="4"/>
-      <c r="D231" s="4"/>
+      <c r="C231" s="4">
+        <v>128</v>
+      </c>
+      <c r="D231" s="4" t="s">
+        <v>370</v>
+      </c>
       <c r="E231" s="4">
         <v>228</v>
       </c>
       <c r="F231" s="4" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="4"/>
       <c r="B232" s="4"/>
-      <c r="C232" s="4"/>
-      <c r="D232" s="4"/>
+      <c r="C232" s="4">
+        <v>129</v>
+      </c>
+      <c r="D232" s="4" t="s">
+        <v>372</v>
+      </c>
       <c r="E232" s="4">
         <v>229</v>
       </c>
       <c r="F232" s="4" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="4"/>
       <c r="B233" s="4"/>
       <c r="C233" s="4">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D233" s="4" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="E233" s="4">
         <v>230</v>
       </c>
       <c r="F233" s="4" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="4"/>
       <c r="B234" s="4"/>
       <c r="C234" s="4"/>
       <c r="D234" s="4"/>
       <c r="E234" s="4">
         <v>231</v>
       </c>
       <c r="F234" s="4" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="4"/>
       <c r="B235" s="4"/>
       <c r="C235" s="4"/>
       <c r="D235" s="4"/>
       <c r="E235" s="4">
         <v>232</v>
       </c>
       <c r="F235" s="4" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="4"/>
       <c r="B236" s="4"/>
       <c r="C236" s="4"/>
       <c r="D236" s="4"/>
       <c r="E236" s="4">
         <v>233</v>
       </c>
       <c r="F236" s="4" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="4"/>
       <c r="B237" s="4"/>
-      <c r="C237" s="4"/>
-      <c r="D237" s="4"/>
+      <c r="C237" s="4">
+        <v>131</v>
+      </c>
+      <c r="D237" s="4" t="s">
+        <v>385</v>
+      </c>
       <c r="E237" s="4">
         <v>234</v>
       </c>
       <c r="F237" s="4" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="4"/>
       <c r="B238" s="4"/>
       <c r="C238" s="4"/>
       <c r="D238" s="4"/>
       <c r="E238" s="4">
         <v>235</v>
       </c>
       <c r="F238" s="4" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="4"/>
       <c r="B239" s="4"/>
-      <c r="C239" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C239" s="4"/>
+      <c r="D239" s="4"/>
       <c r="E239" s="4">
         <v>236</v>
       </c>
       <c r="F239" s="4" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="4"/>
       <c r="B240" s="4"/>
       <c r="C240" s="4"/>
       <c r="D240" s="4"/>
       <c r="E240" s="4">
         <v>237</v>
       </c>
       <c r="F240" s="4" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="4"/>
       <c r="B241" s="4"/>
       <c r="C241" s="4"/>
       <c r="D241" s="4"/>
       <c r="E241" s="4">
         <v>238</v>
       </c>
       <c r="F241" s="4" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="4"/>
       <c r="B242" s="4"/>
       <c r="C242" s="4"/>
       <c r="D242" s="4"/>
       <c r="E242" s="4">
         <v>239</v>
       </c>
       <c r="F242" s="4" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="4"/>
       <c r="B243" s="4"/>
       <c r="C243" s="4">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D243" s="4" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="E243" s="4">
         <v>240</v>
       </c>
       <c r="F243" s="4" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="4"/>
       <c r="B244" s="4"/>
-      <c r="C244" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C244" s="4"/>
+      <c r="D244" s="4"/>
       <c r="E244" s="4">
         <v>241</v>
       </c>
       <c r="F244" s="4" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="4"/>
       <c r="B245" s="4"/>
-      <c r="C245" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C245" s="4"/>
+      <c r="D245" s="4"/>
       <c r="E245" s="4">
         <v>242</v>
       </c>
       <c r="F245" s="4" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="4"/>
       <c r="B246" s="4"/>
-      <c r="C246" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C246" s="4"/>
+      <c r="D246" s="4"/>
       <c r="E246" s="4">
         <v>243</v>
       </c>
       <c r="F246" s="4" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="4"/>
       <c r="B247" s="4"/>
       <c r="C247" s="4">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="D247" s="4" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="E247" s="4">
         <v>244</v>
       </c>
       <c r="F247" s="4" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="4"/>
       <c r="B248" s="4"/>
       <c r="C248" s="4">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D248" s="4" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="E248" s="4">
         <v>245</v>
       </c>
       <c r="F248" s="4" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="4"/>
       <c r="B249" s="4"/>
-      <c r="C249" s="4"/>
-      <c r="D249" s="4"/>
+      <c r="C249" s="4">
+        <v>135</v>
+      </c>
+      <c r="D249" s="4" t="s">
+        <v>395</v>
+      </c>
       <c r="E249" s="4">
         <v>246</v>
       </c>
       <c r="F249" s="4" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="4"/>
       <c r="B250" s="4"/>
       <c r="C250" s="4">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D250" s="4" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="E250" s="4">
         <v>247</v>
       </c>
       <c r="F250" s="4" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="4"/>
       <c r="B251" s="4"/>
       <c r="C251" s="4">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D251" s="4" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="E251" s="4">
         <v>248</v>
       </c>
       <c r="F251" s="4" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="4"/>
       <c r="B252" s="4"/>
       <c r="C252" s="4">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>403</v>
       </c>
       <c r="E252" s="4">
         <v>249</v>
       </c>
       <c r="F252" s="4" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
     </row>
     <row r="253" spans="1:6">
-      <c r="A253" s="4">
-[...10 lines deleted...]
-      </c>
+      <c r="A253" s="4"/>
+      <c r="B253" s="4"/>
+      <c r="C253" s="4"/>
+      <c r="D253" s="4"/>
       <c r="E253" s="4">
         <v>250</v>
       </c>
       <c r="F253" s="4" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="4"/>
       <c r="B254" s="4"/>
       <c r="C254" s="4">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D254" s="4" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="E254" s="4">
         <v>251</v>
       </c>
       <c r="F254" s="4" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="4"/>
       <c r="B255" s="4"/>
       <c r="C255" s="4">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D255" s="4" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="E255" s="4">
         <v>252</v>
       </c>
       <c r="F255" s="4" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="4"/>
       <c r="B256" s="4"/>
-      <c r="C256" s="4"/>
-      <c r="D256" s="4"/>
+      <c r="C256" s="4">
+        <v>141</v>
+      </c>
+      <c r="D256" s="4" t="s">
+        <v>409</v>
+      </c>
       <c r="E256" s="4">
         <v>253</v>
       </c>
       <c r="F256" s="4" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="4"/>
       <c r="B257" s="4"/>
-      <c r="C257" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C257" s="4"/>
+      <c r="D257" s="4"/>
       <c r="E257" s="4">
         <v>254</v>
       </c>
       <c r="F257" s="4" t="s">
-        <v>413</v>
+        <v>365</v>
       </c>
     </row>
     <row r="258" spans="1:6">
-      <c r="A258" s="4"/>
-[...2 lines deleted...]
-      <c r="D258" s="4"/>
+      <c r="A258" s="4">
+        <v>17</v>
+      </c>
+      <c r="B258" s="4" t="s">
+        <v>538</v>
+      </c>
+      <c r="C258" s="4">
+        <v>142</v>
+      </c>
+      <c r="D258" s="4" t="s">
+        <v>411</v>
+      </c>
       <c r="E258" s="4">
         <v>255</v>
       </c>
       <c r="F258" s="4" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="4"/>
       <c r="B259" s="4"/>
-      <c r="C259" s="4"/>
-      <c r="D259" s="4"/>
+      <c r="C259" s="4">
+        <v>143</v>
+      </c>
+      <c r="D259" s="4" t="s">
+        <v>413</v>
+      </c>
       <c r="E259" s="4">
         <v>256</v>
       </c>
       <c r="F259" s="4" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="4"/>
       <c r="B260" s="4"/>
       <c r="C260" s="4">
         <v>144</v>
       </c>
       <c r="D260" s="4" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E260" s="4">
         <v>257</v>
       </c>
       <c r="F260" s="4" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="4"/>
       <c r="B261" s="4"/>
-      <c r="C261" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C261" s="4"/>
+      <c r="D261" s="4"/>
       <c r="E261" s="4">
         <v>258</v>
       </c>
       <c r="F261" s="4" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="4"/>
       <c r="B262" s="4"/>
       <c r="C262" s="4">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D262" s="4" t="s">
-        <v>420</v>
+        <v>53</v>
       </c>
       <c r="E262" s="4">
         <v>259</v>
       </c>
       <c r="F262" s="4" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="4"/>
       <c r="B263" s="4"/>
-      <c r="C263" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C263" s="4"/>
+      <c r="D263" s="4"/>
       <c r="E263" s="4">
         <v>260</v>
       </c>
       <c r="F263" s="4" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="4"/>
       <c r="B264" s="4"/>
-      <c r="C264" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C264" s="4"/>
+      <c r="D264" s="4"/>
       <c r="E264" s="4">
         <v>261</v>
       </c>
       <c r="F264" s="4" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="4"/>
       <c r="B265" s="4"/>
-      <c r="C265" s="4"/>
-      <c r="D265" s="4"/>
+      <c r="C265" s="4">
+        <v>146</v>
+      </c>
+      <c r="D265" s="4" t="s">
+        <v>421</v>
+      </c>
       <c r="E265" s="4">
         <v>262</v>
       </c>
       <c r="F265" s="4" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="4"/>
       <c r="B266" s="4"/>
       <c r="C266" s="4">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D266" s="4" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="E266" s="4">
         <v>263</v>
       </c>
       <c r="F266" s="4" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="4"/>
       <c r="B267" s="4"/>
       <c r="C267" s="4">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="D267" s="4" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="E267" s="4">
         <v>264</v>
       </c>
       <c r="F267" s="4" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="4"/>
       <c r="B268" s="4"/>
       <c r="C268" s="4">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D268" s="4" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="E268" s="4">
         <v>265</v>
       </c>
       <c r="F268" s="4" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="4"/>
       <c r="B269" s="4"/>
       <c r="C269" s="4">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D269" s="4" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="E269" s="4">
         <v>266</v>
       </c>
       <c r="F269" s="4" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="4"/>
       <c r="B270" s="4"/>
       <c r="C270" s="4"/>
       <c r="D270" s="4"/>
       <c r="E270" s="4">
         <v>267</v>
       </c>
       <c r="F270" s="4" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="4"/>
       <c r="B271" s="4"/>
       <c r="C271" s="4">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D271" s="4" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="E271" s="4">
         <v>268</v>
       </c>
       <c r="F271" s="4" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="4"/>
       <c r="B272" s="4"/>
-      <c r="C272" s="4"/>
-      <c r="D272" s="4"/>
+      <c r="C272" s="4">
+        <v>152</v>
+      </c>
+      <c r="D272" s="4" t="s">
+        <v>434</v>
+      </c>
       <c r="E272" s="4">
         <v>269</v>
       </c>
       <c r="F272" s="4" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="4"/>
       <c r="B273" s="4"/>
       <c r="C273" s="4">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D273" s="4" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="E273" s="4">
         <v>270</v>
       </c>
       <c r="F273" s="4" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="4"/>
       <c r="B274" s="4"/>
       <c r="C274" s="4">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D274" s="4" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="E274" s="4">
         <v>271</v>
       </c>
       <c r="F274" s="4" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="4"/>
       <c r="B275" s="4"/>
-      <c r="C275" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C275" s="4"/>
+      <c r="D275" s="4"/>
       <c r="E275" s="4">
         <v>272</v>
       </c>
       <c r="F275" s="4" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="4"/>
       <c r="B276" s="4"/>
       <c r="C276" s="4">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D276" s="4" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="E276" s="4">
         <v>273</v>
       </c>
       <c r="F276" s="4" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="4"/>
       <c r="B277" s="4"/>
-      <c r="C277" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C277" s="4"/>
+      <c r="D277" s="4"/>
       <c r="E277" s="4">
         <v>274</v>
       </c>
       <c r="F277" s="4" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="4"/>
       <c r="B278" s="4"/>
-      <c r="C278" s="4"/>
-      <c r="D278" s="4"/>
+      <c r="C278" s="4">
+        <v>156</v>
+      </c>
+      <c r="D278" s="4" t="s">
+        <v>444</v>
+      </c>
       <c r="E278" s="4">
         <v>275</v>
       </c>
       <c r="F278" s="4" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="4"/>
       <c r="B279" s="4"/>
-      <c r="C279" s="4"/>
-      <c r="D279" s="4"/>
+      <c r="C279" s="4">
+        <v>157</v>
+      </c>
+      <c r="D279" s="4" t="s">
+        <v>446</v>
+      </c>
       <c r="E279" s="4">
         <v>276</v>
       </c>
       <c r="F279" s="4" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="4"/>
       <c r="B280" s="4"/>
-      <c r="C280" s="4"/>
-      <c r="D280" s="4"/>
+      <c r="C280" s="4">
+        <v>158</v>
+      </c>
+      <c r="D280" s="4" t="s">
+        <v>448</v>
+      </c>
       <c r="E280" s="4">
         <v>277</v>
       </c>
       <c r="F280" s="4" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="4"/>
       <c r="B281" s="4"/>
-      <c r="C281" s="4"/>
-      <c r="D281" s="4"/>
+      <c r="C281" s="4">
+        <v>159</v>
+      </c>
+      <c r="D281" s="4" t="s">
+        <v>450</v>
+      </c>
       <c r="E281" s="4">
         <v>278</v>
       </c>
       <c r="F281" s="4" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="4"/>
       <c r="B282" s="4"/>
-      <c r="C282" s="4"/>
-      <c r="D282" s="4"/>
+      <c r="C282" s="4">
+        <v>160</v>
+      </c>
+      <c r="D282" s="4" t="s">
+        <v>482</v>
+      </c>
       <c r="E282" s="4">
         <v>279</v>
       </c>
       <c r="F282" s="4" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="4"/>
       <c r="B283" s="4"/>
       <c r="C283" s="4"/>
       <c r="D283" s="4"/>
       <c r="E283" s="4">
         <v>280</v>
       </c>
       <c r="F283" s="4" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="4"/>
       <c r="B284" s="4"/>
       <c r="C284" s="4"/>
       <c r="D284" s="4"/>
       <c r="E284" s="4">
@@ -7458,404 +7479,404 @@
       <c r="B305" s="4"/>
       <c r="C305" s="4"/>
       <c r="D305" s="4"/>
       <c r="E305" s="4">
         <v>302</v>
       </c>
       <c r="F305" s="4" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="4"/>
       <c r="B306" s="4"/>
       <c r="C306" s="4"/>
       <c r="D306" s="4"/>
       <c r="E306" s="4">
         <v>303</v>
       </c>
       <c r="F306" s="4" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="4"/>
       <c r="B307" s="4"/>
-      <c r="C307" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C307" s="4"/>
+      <c r="D307" s="4"/>
       <c r="E307" s="4">
         <v>304</v>
       </c>
       <c r="F307" s="4" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="4"/>
       <c r="B308" s="4"/>
       <c r="C308" s="4"/>
       <c r="D308" s="4"/>
       <c r="E308" s="4">
         <v>305</v>
       </c>
       <c r="F308" s="4" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="4"/>
       <c r="B309" s="4"/>
       <c r="C309" s="4"/>
       <c r="D309" s="4"/>
       <c r="E309" s="4">
         <v>306</v>
       </c>
       <c r="F309" s="4" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="4"/>
       <c r="B310" s="4"/>
       <c r="C310" s="4"/>
       <c r="D310" s="4"/>
       <c r="E310" s="4">
         <v>307</v>
       </c>
       <c r="F310" s="4" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="4"/>
       <c r="B311" s="4"/>
-      <c r="C311" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C311" s="4"/>
+      <c r="D311" s="4"/>
       <c r="E311" s="4">
         <v>308</v>
       </c>
       <c r="F311" s="4" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="4"/>
       <c r="B312" s="4"/>
       <c r="C312" s="4">
         <v>161</v>
       </c>
       <c r="D312" s="4" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="E312" s="4">
         <v>309</v>
       </c>
       <c r="F312" s="4" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="4"/>
       <c r="B313" s="4"/>
       <c r="C313" s="4"/>
       <c r="D313" s="4"/>
       <c r="E313" s="4">
         <v>310</v>
       </c>
       <c r="F313" s="4" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="4"/>
       <c r="B314" s="4"/>
       <c r="C314" s="4"/>
       <c r="D314" s="4"/>
       <c r="E314" s="4">
         <v>311</v>
       </c>
       <c r="F314" s="4" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="4"/>
       <c r="B315" s="4"/>
       <c r="C315" s="4"/>
       <c r="D315" s="4"/>
       <c r="E315" s="4">
         <v>312</v>
       </c>
       <c r="F315" s="4" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="4"/>
       <c r="B316" s="4"/>
       <c r="C316" s="4">
         <v>162</v>
       </c>
       <c r="D316" s="4" t="s">
-        <v>498</v>
+        <v>488</v>
       </c>
       <c r="E316" s="4">
         <v>313</v>
       </c>
       <c r="F316" s="4" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="4"/>
       <c r="B317" s="4"/>
-      <c r="C317" s="4"/>
-      <c r="D317" s="4"/>
+      <c r="C317" s="4">
+        <v>163</v>
+      </c>
+      <c r="D317" s="4" t="s">
+        <v>494</v>
+      </c>
       <c r="E317" s="4">
         <v>314</v>
       </c>
       <c r="F317" s="4" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="4"/>
       <c r="B318" s="4"/>
       <c r="C318" s="4"/>
       <c r="D318" s="4"/>
       <c r="E318" s="4">
         <v>315</v>
       </c>
       <c r="F318" s="4" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="4"/>
       <c r="B319" s="4"/>
       <c r="C319" s="4"/>
       <c r="D319" s="4"/>
       <c r="E319" s="4">
         <v>316</v>
       </c>
       <c r="F319" s="4" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="4"/>
       <c r="B320" s="4"/>
       <c r="C320" s="4"/>
       <c r="D320" s="4"/>
       <c r="E320" s="4">
         <v>317</v>
       </c>
       <c r="F320" s="4" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="4"/>
       <c r="B321" s="4"/>
-      <c r="C321" s="4"/>
-      <c r="D321" s="4"/>
+      <c r="C321" s="4">
+        <v>164</v>
+      </c>
+      <c r="D321" s="4" t="s">
+        <v>503</v>
+      </c>
       <c r="E321" s="4">
         <v>318</v>
       </c>
       <c r="F321" s="4" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="4"/>
       <c r="B322" s="4"/>
       <c r="C322" s="4"/>
       <c r="D322" s="4"/>
       <c r="E322" s="4">
         <v>319</v>
       </c>
       <c r="F322" s="4" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="4"/>
       <c r="B323" s="4"/>
       <c r="C323" s="4"/>
       <c r="D323" s="4"/>
       <c r="E323" s="4">
         <v>320</v>
       </c>
       <c r="F323" s="4" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="4"/>
       <c r="B324" s="4"/>
-      <c r="C324" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C324" s="4"/>
+      <c r="D324" s="4"/>
       <c r="E324" s="4">
         <v>321</v>
       </c>
       <c r="F324" s="4" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="4"/>
       <c r="B325" s="4"/>
-      <c r="C325" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C325" s="4"/>
+      <c r="D325" s="4"/>
       <c r="E325" s="4">
         <v>322</v>
       </c>
       <c r="F325" s="4" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="4"/>
       <c r="B326" s="4"/>
       <c r="C326" s="4"/>
       <c r="D326" s="4"/>
       <c r="E326" s="4">
         <v>323</v>
       </c>
       <c r="F326" s="4" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="4"/>
       <c r="B327" s="4"/>
       <c r="C327" s="4"/>
       <c r="D327" s="4"/>
       <c r="E327" s="4">
         <v>324</v>
       </c>
       <c r="F327" s="4" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="4"/>
       <c r="B328" s="4"/>
       <c r="C328" s="4"/>
       <c r="D328" s="4"/>
       <c r="E328" s="4">
         <v>325</v>
       </c>
       <c r="F328" s="4" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="4"/>
       <c r="B329" s="4"/>
       <c r="C329" s="4">
         <v>165</v>
       </c>
       <c r="D329" s="4" t="s">
-        <v>519</v>
+        <v>504</v>
       </c>
       <c r="E329" s="4">
         <v>326</v>
       </c>
       <c r="F329" s="4" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="4"/>
       <c r="B330" s="4"/>
-      <c r="C330" s="4"/>
-      <c r="D330" s="4"/>
+      <c r="C330" s="4">
+        <v>166</v>
+      </c>
+      <c r="D330" s="4" t="s">
+        <v>510</v>
+      </c>
       <c r="E330" s="4">
         <v>327</v>
       </c>
       <c r="F330" s="4" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="4"/>
       <c r="B331" s="4"/>
       <c r="C331" s="4"/>
       <c r="D331" s="4"/>
       <c r="E331" s="4">
         <v>328</v>
       </c>
       <c r="F331" s="4" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="4"/>
       <c r="B332" s="4"/>
       <c r="C332" s="4"/>
       <c r="D332" s="4"/>
       <c r="E332" s="4">
         <v>329</v>
       </c>
       <c r="F332" s="4" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="4"/>
       <c r="B333" s="4"/>
       <c r="C333" s="4"/>
       <c r="D333" s="4"/>
       <c r="E333" s="4">
         <v>330</v>
       </c>
       <c r="F333" s="4" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="4"/>
       <c r="B334" s="4"/>
-      <c r="C334" s="4"/>
-      <c r="D334" s="4"/>
+      <c r="C334" s="4">
+        <v>167</v>
+      </c>
+      <c r="D334" s="4" t="s">
+        <v>524</v>
+      </c>
       <c r="E334" s="4">
         <v>331</v>
       </c>
       <c r="F334" s="4" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="4"/>
       <c r="B335" s="4"/>
       <c r="C335" s="4"/>
       <c r="D335" s="4"/>
       <c r="E335" s="4">
         <v>332</v>
       </c>
       <c r="F335" s="4" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="4"/>
       <c r="B336" s="4"/>
       <c r="C336" s="4"/>
       <c r="D336" s="4"/>
       <c r="E336" s="4">
@@ -7906,2056 +7927,2056 @@
       <c r="B340" s="4"/>
       <c r="C340" s="4"/>
       <c r="D340" s="4"/>
       <c r="E340" s="4">
         <v>337</v>
       </c>
       <c r="F340" s="4" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="4"/>
       <c r="B341" s="4"/>
       <c r="C341" s="4"/>
       <c r="D341" s="4"/>
       <c r="E341" s="4">
         <v>338</v>
       </c>
       <c r="F341" s="4" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="4"/>
       <c r="B342" s="4"/>
-      <c r="C342" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C342" s="4"/>
+      <c r="D342" s="4"/>
       <c r="E342" s="4">
         <v>339</v>
       </c>
       <c r="F342" s="4" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="4"/>
       <c r="B343" s="4"/>
-      <c r="C343" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C343" s="4"/>
+      <c r="D343" s="4"/>
       <c r="E343" s="4">
         <v>340</v>
       </c>
       <c r="F343" s="4" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="4"/>
       <c r="B344" s="4"/>
       <c r="C344" s="4"/>
       <c r="D344" s="4"/>
       <c r="E344" s="4">
         <v>341</v>
       </c>
       <c r="F344" s="4" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="4"/>
       <c r="B345" s="4"/>
       <c r="C345" s="4"/>
       <c r="D345" s="4"/>
       <c r="E345" s="4">
         <v>342</v>
       </c>
       <c r="F345" s="4" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="4"/>
       <c r="B346" s="4"/>
-      <c r="C346" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C346" s="4"/>
+      <c r="D346" s="4"/>
       <c r="E346" s="4">
         <v>343</v>
       </c>
       <c r="F346" s="4" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="4"/>
       <c r="B347" s="4"/>
-      <c r="C347" s="4"/>
-      <c r="D347" s="4"/>
+      <c r="C347" s="4">
+        <v>168</v>
+      </c>
+      <c r="D347" s="4" t="s">
+        <v>525</v>
+      </c>
       <c r="E347" s="4">
         <v>344</v>
       </c>
       <c r="F347" s="4" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="4"/>
       <c r="B348" s="4"/>
       <c r="C348" s="4">
         <v>169</v>
       </c>
       <c r="D348" s="4" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E348" s="4">
         <v>345</v>
       </c>
       <c r="F348" s="4" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="4"/>
       <c r="B349" s="4"/>
-      <c r="C349" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C349" s="4"/>
+      <c r="D349" s="4"/>
       <c r="E349" s="4">
         <v>346</v>
       </c>
       <c r="F349" s="4" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
     </row>
     <row r="350" spans="1:6">
-      <c r="A350" s="4">
-[...10 lines deleted...]
-      </c>
+      <c r="A350" s="4"/>
+      <c r="B350" s="4"/>
+      <c r="C350" s="4"/>
+      <c r="D350" s="4"/>
       <c r="E350" s="4">
         <v>347</v>
       </c>
       <c r="F350" s="4" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="4"/>
       <c r="B351" s="4"/>
-      <c r="C351" s="4"/>
-      <c r="D351" s="4"/>
+      <c r="C351" s="4">
+        <v>170</v>
+      </c>
+      <c r="D351" s="4" t="s">
+        <v>533</v>
+      </c>
       <c r="E351" s="4">
         <v>348</v>
       </c>
       <c r="F351" s="4" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
     </row>
     <row r="352" spans="1:6">
-      <c r="A352" s="4">
-[...10 lines deleted...]
-      </c>
+      <c r="A352" s="4"/>
+      <c r="B352" s="4"/>
+      <c r="C352" s="4"/>
+      <c r="D352" s="4"/>
       <c r="E352" s="4">
         <v>349</v>
       </c>
       <c r="F352" s="4" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="4"/>
       <c r="B353" s="4"/>
-      <c r="C353" s="4"/>
-      <c r="D353" s="4"/>
+      <c r="C353" s="4">
+        <v>171</v>
+      </c>
+      <c r="D353" s="4" t="s">
+        <v>534</v>
+      </c>
       <c r="E353" s="4">
         <v>350</v>
       </c>
       <c r="F353" s="4" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
     </row>
     <row r="354" spans="1:6">
-      <c r="A354" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="A354" s="4"/>
+      <c r="B354" s="4"/>
       <c r="C354" s="4">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D354" s="4" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="E354" s="4">
         <v>351</v>
       </c>
       <c r="F354" s="4" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="4">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B355" s="4" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="C355" s="4">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D355" s="4" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="E355" s="4">
         <v>352</v>
       </c>
       <c r="F355" s="4" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
     </row>
     <row r="356" spans="1:6">
-      <c r="A356" s="4">
-[...10 lines deleted...]
-      </c>
+      <c r="A356" s="4"/>
+      <c r="B356" s="4"/>
+      <c r="C356" s="4"/>
+      <c r="D356" s="4"/>
       <c r="E356" s="4">
         <v>353</v>
       </c>
       <c r="F356" s="4" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
     </row>
     <row r="357" spans="1:6">
-      <c r="A357" s="4"/>
-      <c r="B357" s="4"/>
+      <c r="A357" s="4">
+        <v>19</v>
+      </c>
+      <c r="B357" s="4" t="s">
+        <v>546</v>
+      </c>
       <c r="C357" s="4">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D357" s="4" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="E357" s="4">
         <v>354</v>
       </c>
       <c r="F357" s="4" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="4"/>
       <c r="B358" s="4"/>
-      <c r="C358" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C358" s="4"/>
+      <c r="D358" s="4"/>
       <c r="E358" s="4">
         <v>355</v>
       </c>
       <c r="F358" s="4" t="s">
-        <v>553</v>
+        <v>544</v>
       </c>
     </row>
     <row r="359" spans="1:6">
-      <c r="A359" s="4"/>
-      <c r="B359" s="4"/>
+      <c r="A359" s="4">
+        <v>20</v>
+      </c>
+      <c r="B359" s="4" t="s">
+        <v>549</v>
+      </c>
       <c r="C359" s="4">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D359" s="4" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="E359" s="4">
         <v>356</v>
       </c>
       <c r="F359" s="4" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
     </row>
     <row r="360" spans="1:6">
-      <c r="A360" s="4"/>
-      <c r="B360" s="4"/>
+      <c r="A360" s="4">
+        <v>21</v>
+      </c>
+      <c r="B360" s="4" t="s">
+        <v>552</v>
+      </c>
       <c r="C360" s="4">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D360" s="4" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="E360" s="4">
         <v>357</v>
       </c>
       <c r="F360" s="4" t="s">
-        <v>556</v>
+        <v>551</v>
       </c>
     </row>
     <row r="361" spans="1:6">
-      <c r="A361" s="4"/>
-[...2 lines deleted...]
-      <c r="D361" s="4"/>
+      <c r="A361" s="4">
+        <v>22</v>
+      </c>
+      <c r="B361" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="C361" s="4">
+        <v>177</v>
+      </c>
+      <c r="D361" s="4" t="s">
+        <v>553</v>
+      </c>
       <c r="E361" s="4">
         <v>358</v>
       </c>
       <c r="F361" s="4" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="4"/>
       <c r="B362" s="4"/>
       <c r="C362" s="4">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D362" s="4" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="E362" s="4">
         <v>359</v>
       </c>
       <c r="F362" s="4" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="4"/>
       <c r="B363" s="4"/>
       <c r="C363" s="4">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D363" s="4" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="E363" s="4">
         <v>360</v>
       </c>
       <c r="F363" s="4" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="4"/>
       <c r="B364" s="4"/>
       <c r="C364" s="4">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D364" s="4" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="E364" s="4">
         <v>361</v>
       </c>
       <c r="F364" s="4" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="4"/>
       <c r="B365" s="4"/>
       <c r="C365" s="4">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D365" s="4" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="E365" s="4">
         <v>362</v>
       </c>
       <c r="F365" s="4" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="4"/>
       <c r="B366" s="4"/>
-      <c r="C366" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C366" s="4"/>
+      <c r="D366" s="4"/>
       <c r="E366" s="4">
         <v>363</v>
       </c>
       <c r="F366" s="4" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="4"/>
       <c r="B367" s="4"/>
       <c r="C367" s="4">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D367" s="4" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="E367" s="4">
         <v>364</v>
       </c>
       <c r="F367" s="4" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="4"/>
       <c r="B368" s="4"/>
       <c r="C368" s="4">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D368" s="4" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="E368" s="4">
         <v>365</v>
       </c>
       <c r="F368" s="4" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="4"/>
       <c r="B369" s="4"/>
       <c r="C369" s="4">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D369" s="4" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="E369" s="4">
         <v>366</v>
       </c>
       <c r="F369" s="4" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="4"/>
       <c r="B370" s="4"/>
-      <c r="C370" s="4"/>
-      <c r="D370" s="4"/>
+      <c r="C370" s="4">
+        <v>185</v>
+      </c>
+      <c r="D370" s="4" t="s">
+        <v>570</v>
+      </c>
       <c r="E370" s="4">
         <v>367</v>
       </c>
       <c r="F370" s="4" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="4"/>
       <c r="B371" s="4"/>
-      <c r="C371" s="4"/>
-      <c r="D371" s="4"/>
+      <c r="C371" s="4">
+        <v>186</v>
+      </c>
+      <c r="D371" s="4" t="s">
+        <v>572</v>
+      </c>
       <c r="E371" s="4">
         <v>368</v>
       </c>
       <c r="F371" s="4" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="4"/>
       <c r="B372" s="4"/>
       <c r="C372" s="4">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="D372" s="4" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="E372" s="4">
         <v>369</v>
       </c>
       <c r="F372" s="4" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="4"/>
       <c r="B373" s="4"/>
       <c r="C373" s="4">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D373" s="4" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="E373" s="4">
         <v>370</v>
       </c>
       <c r="F373" s="4" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="4"/>
       <c r="B374" s="4"/>
       <c r="C374" s="4">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>581</v>
       </c>
       <c r="E374" s="4">
         <v>371</v>
       </c>
       <c r="F374" s="4" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
     </row>
     <row r="375" spans="1:6">
-      <c r="A375" s="4">
-[...10 lines deleted...]
-      </c>
+      <c r="A375" s="4"/>
+      <c r="B375" s="4"/>
+      <c r="C375" s="4"/>
+      <c r="D375" s="4"/>
       <c r="E375" s="4">
         <v>372</v>
       </c>
       <c r="F375" s="4" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
     </row>
     <row r="376" spans="1:6">
-      <c r="A376" s="4">
-[...10 lines deleted...]
-      </c>
+      <c r="A376" s="4"/>
+      <c r="B376" s="4"/>
+      <c r="C376" s="4"/>
+      <c r="D376" s="4"/>
       <c r="E376" s="4">
         <v>373</v>
       </c>
       <c r="F376" s="4" t="s">
-        <v>587</v>
+        <v>580</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="4"/>
       <c r="B377" s="4"/>
       <c r="C377" s="4">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D377" s="4" t="s">
-        <v>588</v>
+        <v>582</v>
       </c>
       <c r="E377" s="4">
         <v>374</v>
       </c>
       <c r="F377" s="4" t="s">
-        <v>589</v>
+        <v>583</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="4"/>
       <c r="B378" s="4"/>
       <c r="C378" s="4">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D378" s="4" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="E378" s="4">
         <v>375</v>
       </c>
       <c r="F378" s="4" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="4"/>
       <c r="B379" s="4"/>
       <c r="C379" s="4">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D379" s="4" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="E379" s="4">
         <v>376</v>
       </c>
       <c r="F379" s="4" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
     </row>
     <row r="380" spans="1:6">
-      <c r="A380" s="4"/>
-      <c r="B380" s="4"/>
+      <c r="A380" s="4">
+        <v>23</v>
+      </c>
+      <c r="B380" s="4" t="s">
+        <v>589</v>
+      </c>
       <c r="C380" s="4">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D380" s="4" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="E380" s="4">
         <v>377</v>
       </c>
       <c r="F380" s="4" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
     </row>
     <row r="381" spans="1:6">
-      <c r="A381" s="4"/>
-      <c r="B381" s="4"/>
+      <c r="A381" s="4">
+        <v>24</v>
+      </c>
+      <c r="B381" s="4" t="s">
+        <v>607</v>
+      </c>
       <c r="C381" s="4">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D381" s="4" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="E381" s="4">
         <v>378</v>
       </c>
       <c r="F381" s="4" t="s">
-        <v>597</v>
+        <v>592</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="4"/>
       <c r="B382" s="4"/>
       <c r="C382" s="4">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D382" s="4" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="E382" s="4">
         <v>379</v>
       </c>
       <c r="F382" s="4" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="4"/>
       <c r="B383" s="4"/>
       <c r="C383" s="4">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D383" s="4" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
       <c r="E383" s="4">
         <v>380</v>
       </c>
       <c r="F383" s="4" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
     </row>
     <row r="384" spans="1:6">
-      <c r="A384" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="A384" s="4"/>
+      <c r="B384" s="4"/>
       <c r="C384" s="4">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D384" s="4" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="E384" s="4">
         <v>381</v>
       </c>
       <c r="F384" s="4" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="4"/>
       <c r="B385" s="4"/>
       <c r="C385" s="4">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D385" s="4" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
       <c r="E385" s="4">
         <v>382</v>
       </c>
       <c r="F385" s="4" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="4"/>
       <c r="B386" s="4"/>
       <c r="C386" s="4">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="D386" s="4" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="E386" s="4">
         <v>383</v>
       </c>
       <c r="F386" s="4" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="4"/>
       <c r="B387" s="4"/>
       <c r="C387" s="4">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D387" s="4" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="E387" s="4">
         <v>384</v>
       </c>
       <c r="F387" s="4" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="4"/>
       <c r="B388" s="4"/>
       <c r="C388" s="4">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D388" s="4" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="E388" s="4">
         <v>385</v>
       </c>
       <c r="F388" s="4" t="s">
-        <v>612</v>
+        <v>606</v>
       </c>
     </row>
     <row r="389" spans="1:6">
-      <c r="A389" s="4"/>
-      <c r="B389" s="4"/>
+      <c r="A389" s="4">
+        <v>25</v>
+      </c>
+      <c r="B389" s="4" t="s">
+        <v>688</v>
+      </c>
       <c r="C389" s="4">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D389" s="4" t="s">
-        <v>613</v>
+        <v>608</v>
       </c>
       <c r="E389" s="4">
         <v>386</v>
       </c>
       <c r="F389" s="4" t="s">
-        <v>614</v>
+        <v>609</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="4"/>
       <c r="B390" s="4"/>
       <c r="C390" s="4">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D390" s="4" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
       <c r="E390" s="4">
         <v>387</v>
       </c>
       <c r="F390" s="4" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="4"/>
       <c r="B391" s="4"/>
       <c r="C391" s="4">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D391" s="4" t="s">
-        <v>619</v>
+        <v>612</v>
       </c>
       <c r="E391" s="4">
         <v>388</v>
       </c>
       <c r="F391" s="4" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="4"/>
       <c r="B392" s="4"/>
-      <c r="C392" s="4"/>
-      <c r="D392" s="4"/>
+      <c r="C392" s="4">
+        <v>205</v>
+      </c>
+      <c r="D392" s="4" t="s">
+        <v>614</v>
+      </c>
       <c r="E392" s="4">
         <v>389</v>
       </c>
       <c r="F392" s="4" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="4"/>
       <c r="B393" s="4"/>
       <c r="C393" s="4">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D393" s="4" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="E393" s="4">
         <v>390</v>
       </c>
       <c r="F393" s="4" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="4"/>
       <c r="B394" s="4"/>
       <c r="C394" s="4">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="D394" s="4" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="E394" s="4">
         <v>391</v>
       </c>
       <c r="F394" s="4" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="4"/>
       <c r="B395" s="4"/>
       <c r="C395" s="4">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D395" s="4" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="E395" s="4">
         <v>392</v>
       </c>
       <c r="F395" s="4" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="4"/>
       <c r="B396" s="4"/>
       <c r="C396" s="4">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="D396" s="4" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="E396" s="4">
         <v>393</v>
       </c>
       <c r="F396" s="4" t="s">
-        <v>627</v>
+        <v>622</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="4"/>
       <c r="B397" s="4"/>
-      <c r="C397" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C397" s="4"/>
+      <c r="D397" s="4"/>
       <c r="E397" s="4">
         <v>394</v>
       </c>
       <c r="F397" s="4" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="4"/>
       <c r="B398" s="4"/>
       <c r="C398" s="4">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="D398" s="4" t="s">
-        <v>630</v>
+        <v>625</v>
       </c>
       <c r="E398" s="4">
         <v>395</v>
       </c>
       <c r="F398" s="4" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="4"/>
       <c r="B399" s="4"/>
       <c r="C399" s="4">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D399" s="4" t="s">
-        <v>632</v>
+        <v>627</v>
       </c>
       <c r="E399" s="4">
         <v>396</v>
       </c>
       <c r="F399" s="4" t="s">
-        <v>633</v>
+        <v>628</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="4"/>
       <c r="B400" s="4"/>
       <c r="C400" s="4">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="D400" s="4" t="s">
-        <v>634</v>
+        <v>629</v>
       </c>
       <c r="E400" s="4">
         <v>397</v>
       </c>
       <c r="F400" s="4" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="4"/>
       <c r="B401" s="4"/>
       <c r="C401" s="4">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D401" s="4" t="s">
-        <v>642</v>
+        <v>631</v>
       </c>
       <c r="E401" s="4">
         <v>398</v>
       </c>
       <c r="F401" s="4" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="4"/>
       <c r="B402" s="4"/>
-      <c r="C402" s="4"/>
-      <c r="D402" s="4"/>
+      <c r="C402" s="4">
+        <v>214</v>
+      </c>
+      <c r="D402" s="4" t="s">
+        <v>633</v>
+      </c>
       <c r="E402" s="4">
         <v>399</v>
       </c>
       <c r="F402" s="4" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="4"/>
       <c r="B403" s="4"/>
-      <c r="C403" s="4"/>
-      <c r="D403" s="4"/>
+      <c r="C403" s="4">
+        <v>215</v>
+      </c>
+      <c r="D403" s="4" t="s">
+        <v>635</v>
+      </c>
       <c r="E403" s="4">
         <v>400</v>
       </c>
       <c r="F403" s="4" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="4"/>
       <c r="B404" s="4"/>
-      <c r="C404" s="4"/>
-      <c r="D404" s="4"/>
+      <c r="C404" s="4">
+        <v>216</v>
+      </c>
+      <c r="D404" s="4" t="s">
+        <v>637</v>
+      </c>
       <c r="E404" s="4">
         <v>401</v>
       </c>
       <c r="F404" s="4" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="4"/>
       <c r="B405" s="4"/>
-      <c r="C405" s="4"/>
-      <c r="D405" s="4"/>
+      <c r="C405" s="4">
+        <v>217</v>
+      </c>
+      <c r="D405" s="4" t="s">
+        <v>639</v>
+      </c>
       <c r="E405" s="4">
         <v>402</v>
       </c>
       <c r="F405" s="4" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="4"/>
       <c r="B406" s="4"/>
-      <c r="C406" s="4"/>
-      <c r="D406" s="4"/>
+      <c r="C406" s="4">
+        <v>218</v>
+      </c>
+      <c r="D406" s="4" t="s">
+        <v>647</v>
+      </c>
       <c r="E406" s="4">
         <v>403</v>
       </c>
       <c r="F406" s="4" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="4"/>
       <c r="B407" s="4"/>
-      <c r="C407" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C407" s="4"/>
+      <c r="D407" s="4"/>
       <c r="E407" s="4">
         <v>404</v>
       </c>
       <c r="F407" s="4" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="4"/>
       <c r="B408" s="4"/>
-      <c r="C408" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C408" s="4"/>
+      <c r="D408" s="4"/>
       <c r="E408" s="4">
         <v>405</v>
       </c>
       <c r="F408" s="4" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="4"/>
       <c r="B409" s="4"/>
-      <c r="C409" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C409" s="4"/>
+      <c r="D409" s="4"/>
       <c r="E409" s="4">
         <v>406</v>
       </c>
       <c r="F409" s="4" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="4"/>
       <c r="B410" s="4"/>
-      <c r="C410" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C410" s="4"/>
+      <c r="D410" s="4"/>
       <c r="E410" s="4">
         <v>407</v>
       </c>
       <c r="F410" s="4" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="4"/>
       <c r="B411" s="4"/>
-      <c r="C411" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C411" s="4"/>
+      <c r="D411" s="4"/>
       <c r="E411" s="4">
         <v>408</v>
       </c>
       <c r="F411" s="4" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="4"/>
       <c r="B412" s="4"/>
-      <c r="C412" s="4"/>
-      <c r="D412" s="4"/>
+      <c r="C412" s="4">
+        <v>219</v>
+      </c>
+      <c r="D412" s="4" t="s">
+        <v>648</v>
+      </c>
       <c r="E412" s="4">
         <v>409</v>
       </c>
       <c r="F412" s="4" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="4"/>
       <c r="B413" s="4"/>
-      <c r="C413" s="4"/>
-      <c r="D413" s="4"/>
+      <c r="C413" s="4">
+        <v>220</v>
+      </c>
+      <c r="D413" s="4" t="s">
+        <v>650</v>
+      </c>
       <c r="E413" s="4">
         <v>410</v>
       </c>
       <c r="F413" s="4" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="4"/>
       <c r="B414" s="4"/>
-      <c r="C414" s="4"/>
-      <c r="D414" s="4"/>
+      <c r="C414" s="4">
+        <v>221</v>
+      </c>
+      <c r="D414" s="4" t="s">
+        <v>652</v>
+      </c>
       <c r="E414" s="4">
         <v>411</v>
       </c>
       <c r="F414" s="4" t="s">
-        <v>654</v>
+        <v>653</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="4"/>
       <c r="B415" s="4"/>
-      <c r="C415" s="4"/>
-      <c r="D415" s="4"/>
+      <c r="C415" s="4">
+        <v>222</v>
+      </c>
+      <c r="D415" s="4" t="s">
+        <v>654</v>
+      </c>
       <c r="E415" s="4">
         <v>412</v>
       </c>
       <c r="F415" s="4" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="4"/>
       <c r="B416" s="4"/>
       <c r="C416" s="4">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D416" s="4" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="E416" s="4">
         <v>413</v>
       </c>
       <c r="F416" s="4" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="4"/>
       <c r="B417" s="4"/>
-      <c r="C417" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C417" s="4"/>
+      <c r="D417" s="4"/>
       <c r="E417" s="4">
         <v>414</v>
       </c>
       <c r="F417" s="4" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="4"/>
       <c r="B418" s="4"/>
       <c r="C418" s="4"/>
       <c r="D418" s="4"/>
       <c r="E418" s="4">
         <v>415</v>
       </c>
       <c r="F418" s="4" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="4"/>
       <c r="B419" s="4"/>
       <c r="C419" s="4"/>
       <c r="D419" s="4"/>
       <c r="E419" s="4">
         <v>416</v>
       </c>
       <c r="F419" s="4" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="4"/>
       <c r="B420" s="4"/>
-      <c r="C420" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C420" s="4"/>
+      <c r="D420" s="4"/>
       <c r="E420" s="4">
         <v>417</v>
       </c>
       <c r="F420" s="4" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="4"/>
       <c r="B421" s="4"/>
       <c r="C421" s="4">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D421" s="4" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="E421" s="4">
         <v>418</v>
       </c>
       <c r="F421" s="4" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="4"/>
       <c r="B422" s="4"/>
       <c r="C422" s="4">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>667</v>
       </c>
       <c r="E422" s="4">
         <v>419</v>
       </c>
       <c r="F422" s="4" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="4"/>
       <c r="B423" s="4"/>
-      <c r="C423" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C423" s="4"/>
+      <c r="D423" s="4"/>
       <c r="E423" s="4">
         <v>420</v>
       </c>
       <c r="F423" s="4" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="4"/>
       <c r="B424" s="4"/>
-      <c r="C424" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C424" s="4"/>
+      <c r="D424" s="4"/>
       <c r="E424" s="4">
         <v>421</v>
       </c>
       <c r="F424" s="4" t="s">
-        <v>672</v>
+        <v>666</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="4"/>
       <c r="B425" s="4"/>
       <c r="C425" s="4">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D425" s="4" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="E425" s="4">
         <v>422</v>
       </c>
       <c r="F425" s="4" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="4"/>
       <c r="B426" s="4"/>
       <c r="C426" s="4">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D426" s="4" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="E426" s="4">
         <v>423</v>
       </c>
       <c r="F426" s="4" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="4"/>
       <c r="B427" s="4"/>
       <c r="C427" s="4">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="D427" s="4" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="E427" s="4">
         <v>424</v>
       </c>
       <c r="F427" s="4" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="4"/>
       <c r="B428" s="4"/>
       <c r="C428" s="4">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D428" s="4" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="E428" s="4">
         <v>425</v>
       </c>
       <c r="F428" s="4" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="4"/>
       <c r="B429" s="4"/>
       <c r="C429" s="4">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D429" s="4" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
       <c r="E429" s="4">
         <v>426</v>
       </c>
       <c r="F429" s="4" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
     </row>
     <row r="430" spans="1:6">
-      <c r="A430" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="A430" s="4"/>
+      <c r="B430" s="4"/>
       <c r="C430" s="4">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="D430" s="4" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="E430" s="4">
         <v>427</v>
       </c>
       <c r="F430" s="4" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
     </row>
     <row r="431" spans="1:6">
-      <c r="A431" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="A431" s="4"/>
+      <c r="B431" s="4"/>
       <c r="C431" s="4">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D431" s="4" t="s">
-        <v>687</v>
+        <v>680</v>
       </c>
       <c r="E431" s="4">
         <v>428</v>
       </c>
       <c r="F431" s="4" t="s">
-        <v>688</v>
+        <v>681</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="4"/>
       <c r="B432" s="4"/>
       <c r="C432" s="4">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D432" s="4" t="s">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="E432" s="4">
         <v>429</v>
       </c>
       <c r="F432" s="4" t="s">
-        <v>690</v>
+        <v>683</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="4"/>
       <c r="B433" s="4"/>
       <c r="C433" s="4">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="D433" s="4" t="s">
-        <v>700</v>
+        <v>684</v>
       </c>
       <c r="E433" s="4">
         <v>430</v>
       </c>
       <c r="F433" s="4" t="s">
-        <v>691</v>
+        <v>685</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="4"/>
       <c r="B434" s="4"/>
-      <c r="C434" s="4"/>
-      <c r="D434" s="4"/>
+      <c r="C434" s="4">
+        <v>235</v>
+      </c>
+      <c r="D434" s="4" t="s">
+        <v>686</v>
+      </c>
       <c r="E434" s="4">
         <v>431</v>
       </c>
       <c r="F434" s="4" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
     </row>
     <row r="435" spans="1:6">
-      <c r="A435" s="4"/>
-[...2 lines deleted...]
-      <c r="D435" s="4"/>
+      <c r="A435" s="4">
+        <v>26</v>
+      </c>
+      <c r="B435" s="4" t="s">
+        <v>691</v>
+      </c>
+      <c r="C435" s="4">
+        <v>236</v>
+      </c>
+      <c r="D435" s="4" t="s">
+        <v>689</v>
+      </c>
       <c r="E435" s="4">
         <v>432</v>
       </c>
       <c r="F435" s="4" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
     </row>
     <row r="436" spans="1:6">
-      <c r="A436" s="4"/>
-[...2 lines deleted...]
-      <c r="D436" s="4"/>
+      <c r="A436" s="4">
+        <v>27</v>
+      </c>
+      <c r="B436" s="4" t="s">
+        <v>756</v>
+      </c>
+      <c r="C436" s="4">
+        <v>237</v>
+      </c>
+      <c r="D436" s="4" t="s">
+        <v>692</v>
+      </c>
       <c r="E436" s="4">
         <v>433</v>
       </c>
       <c r="F436" s="4" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="4"/>
       <c r="B437" s="4"/>
-      <c r="C437" s="4"/>
-      <c r="D437" s="4"/>
+      <c r="C437" s="4">
+        <v>238</v>
+      </c>
+      <c r="D437" s="4" t="s">
+        <v>694</v>
+      </c>
       <c r="E437" s="4">
         <v>434</v>
       </c>
       <c r="F437" s="4" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="4"/>
       <c r="B438" s="4"/>
-      <c r="C438" s="4"/>
-      <c r="D438" s="4"/>
+      <c r="C438" s="4">
+        <v>239</v>
+      </c>
+      <c r="D438" s="4" t="s">
+        <v>705</v>
+      </c>
       <c r="E438" s="4">
         <v>435</v>
       </c>
       <c r="F438" s="4" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="4"/>
       <c r="B439" s="4"/>
       <c r="C439" s="4"/>
       <c r="D439" s="4"/>
       <c r="E439" s="4">
         <v>436</v>
       </c>
       <c r="F439" s="4" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="4"/>
       <c r="B440" s="4"/>
       <c r="C440" s="4"/>
       <c r="D440" s="4"/>
       <c r="E440" s="4">
         <v>437</v>
       </c>
       <c r="F440" s="4" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="4"/>
       <c r="B441" s="4"/>
       <c r="C441" s="4"/>
       <c r="D441" s="4"/>
       <c r="E441" s="4">
         <v>438</v>
       </c>
       <c r="F441" s="4" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="4"/>
       <c r="B442" s="4"/>
-      <c r="C442" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C442" s="4"/>
+      <c r="D442" s="4"/>
       <c r="E442" s="4">
         <v>439</v>
       </c>
       <c r="F442" s="4" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="4"/>
       <c r="B443" s="4"/>
       <c r="C443" s="4"/>
       <c r="D443" s="4"/>
       <c r="E443" s="4">
         <v>440</v>
       </c>
       <c r="F443" s="4" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="4"/>
       <c r="B444" s="4"/>
-      <c r="C444" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C444" s="4"/>
+      <c r="D444" s="4"/>
       <c r="E444" s="4">
         <v>441</v>
       </c>
       <c r="F444" s="4" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="4"/>
       <c r="B445" s="4"/>
       <c r="C445" s="4"/>
       <c r="D445" s="4"/>
       <c r="E445" s="4">
         <v>442</v>
       </c>
       <c r="F445" s="4" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="4"/>
       <c r="B446" s="4"/>
-      <c r="C446" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C446" s="4"/>
+      <c r="D446" s="4"/>
       <c r="E446" s="4">
         <v>443</v>
       </c>
       <c r="F446" s="4" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="4"/>
       <c r="B447" s="4"/>
       <c r="C447" s="4">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="D447" s="4" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="E447" s="4">
         <v>444</v>
       </c>
       <c r="F447" s="4" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="4"/>
       <c r="B448" s="4"/>
-      <c r="C448" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C448" s="4"/>
+      <c r="D448" s="4"/>
       <c r="E448" s="4">
         <v>445</v>
       </c>
       <c r="F448" s="4" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="4"/>
       <c r="B449" s="4"/>
       <c r="C449" s="4">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="D449" s="4" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="E449" s="4">
         <v>446</v>
       </c>
       <c r="F449" s="4" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="4"/>
       <c r="B450" s="4"/>
-      <c r="C450" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C450" s="4"/>
+      <c r="D450" s="4"/>
       <c r="E450" s="4">
         <v>447</v>
       </c>
       <c r="F450" s="4" t="s">
-        <v>716</v>
+        <v>710</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="4"/>
       <c r="B451" s="4"/>
       <c r="C451" s="4">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="D451" s="4" t="s">
-        <v>717</v>
+        <v>712</v>
       </c>
       <c r="E451" s="4">
         <v>448</v>
       </c>
       <c r="F451" s="4" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="4"/>
       <c r="B452" s="4"/>
       <c r="C452" s="4">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="D452" s="4" t="s">
-        <v>719</v>
+        <v>714</v>
       </c>
       <c r="E452" s="4">
         <v>449</v>
       </c>
       <c r="F452" s="4" t="s">
-        <v>720</v>
+        <v>715</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="4"/>
       <c r="B453" s="4"/>
       <c r="C453" s="4">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D453" s="4" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="E453" s="4">
         <v>450</v>
       </c>
       <c r="F453" s="4" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="4"/>
       <c r="B454" s="4"/>
       <c r="C454" s="4">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D454" s="4" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="E454" s="4">
         <v>451</v>
       </c>
       <c r="F454" s="4" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="4"/>
       <c r="B455" s="4"/>
       <c r="C455" s="4">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="D455" s="4" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
       <c r="E455" s="4">
         <v>452</v>
       </c>
       <c r="F455" s="4" t="s">
-        <v>726</v>
+        <v>721</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="4"/>
       <c r="B456" s="4"/>
       <c r="C456" s="4">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D456" s="4" t="s">
-        <v>727</v>
+        <v>722</v>
       </c>
       <c r="E456" s="4">
         <v>453</v>
       </c>
       <c r="F456" s="4" t="s">
-        <v>728</v>
+        <v>723</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="4"/>
       <c r="B457" s="4"/>
       <c r="C457" s="4">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D457" s="4" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="E457" s="4">
         <v>454</v>
       </c>
       <c r="F457" s="4" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="4"/>
       <c r="B458" s="4"/>
       <c r="C458" s="4">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="D458" s="4" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="E458" s="4">
         <v>455</v>
       </c>
       <c r="F458" s="4" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="4"/>
       <c r="B459" s="4"/>
       <c r="C459" s="4">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D459" s="4" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="E459" s="4">
         <v>456</v>
       </c>
       <c r="F459" s="4" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="4"/>
       <c r="B460" s="4"/>
       <c r="C460" s="4">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D460" s="4" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="E460" s="4">
         <v>457</v>
       </c>
       <c r="F460" s="4" t="s">
-        <v>736</v>
+        <v>731</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="4"/>
       <c r="B461" s="4"/>
       <c r="C461" s="4">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="D461" s="4" t="s">
-        <v>737</v>
+        <v>732</v>
       </c>
       <c r="E461" s="4">
         <v>458</v>
       </c>
       <c r="F461" s="4" t="s">
-        <v>738</v>
+        <v>733</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="4"/>
       <c r="B462" s="4"/>
       <c r="C462" s="4">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D462" s="4" t="s">
-        <v>739</v>
+        <v>734</v>
       </c>
       <c r="E462" s="4">
         <v>459</v>
       </c>
       <c r="F462" s="4" t="s">
-        <v>740</v>
+        <v>735</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="4"/>
       <c r="B463" s="4"/>
       <c r="C463" s="4">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="D463" s="4" t="s">
-        <v>741</v>
+        <v>736</v>
       </c>
       <c r="E463" s="4">
         <v>460</v>
       </c>
       <c r="F463" s="4" t="s">
-        <v>742</v>
+        <v>737</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="4"/>
       <c r="B464" s="4"/>
       <c r="C464" s="4">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="D464" s="4" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
       <c r="E464" s="4">
         <v>461</v>
       </c>
       <c r="F464" s="4" t="s">
-        <v>744</v>
+        <v>739</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="4"/>
       <c r="B465" s="4"/>
       <c r="C465" s="4">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D465" s="4" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="E465" s="4">
         <v>462</v>
       </c>
       <c r="F465" s="4" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="4"/>
       <c r="B466" s="4"/>
       <c r="C466" s="4">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="D466" s="4" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="E466" s="4">
         <v>463</v>
       </c>
       <c r="F466" s="4" t="s">
-        <v>748</v>
+        <v>743</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="4"/>
       <c r="B467" s="4"/>
       <c r="C467" s="4">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="D467" s="4" t="s">
-        <v>749</v>
+        <v>744</v>
       </c>
       <c r="E467" s="4">
         <v>464</v>
       </c>
       <c r="F467" s="4" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
     </row>
     <row r="468" spans="1:6">
-      <c r="A468" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="A468" s="4"/>
+      <c r="B468" s="4"/>
       <c r="C468" s="4">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="D468" s="4" t="s">
-        <v>766</v>
+        <v>746</v>
       </c>
       <c r="E468" s="4">
         <v>465</v>
       </c>
       <c r="F468" s="4" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="4"/>
       <c r="B469" s="4"/>
-      <c r="C469" s="4"/>
-      <c r="D469" s="4"/>
+      <c r="C469" s="4">
+        <v>260</v>
+      </c>
+      <c r="D469" s="4" t="s">
+        <v>748</v>
+      </c>
       <c r="E469" s="4">
         <v>466</v>
       </c>
       <c r="F469" s="4" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="4"/>
       <c r="B470" s="4"/>
-      <c r="C470" s="4"/>
-      <c r="D470" s="4"/>
+      <c r="C470" s="4">
+        <v>261</v>
+      </c>
+      <c r="D470" s="4" t="s">
+        <v>750</v>
+      </c>
       <c r="E470" s="4">
         <v>467</v>
       </c>
       <c r="F470" s="4" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="4"/>
       <c r="B471" s="4"/>
-      <c r="C471" s="4"/>
-      <c r="D471" s="4"/>
+      <c r="C471" s="4">
+        <v>262</v>
+      </c>
+      <c r="D471" s="4" t="s">
+        <v>752</v>
+      </c>
       <c r="E471" s="4">
         <v>468</v>
       </c>
       <c r="F471" s="4" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="4"/>
       <c r="B472" s="4"/>
-      <c r="C472" s="4"/>
-      <c r="D472" s="4"/>
+      <c r="C472" s="4">
+        <v>263</v>
+      </c>
+      <c r="D472" s="4" t="s">
+        <v>754</v>
+      </c>
       <c r="E472" s="4">
         <v>469</v>
       </c>
       <c r="F472" s="4" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
     </row>
     <row r="473" spans="1:6">
-      <c r="A473" s="4"/>
-[...2 lines deleted...]
-      <c r="D473" s="4"/>
+      <c r="A473" s="4">
+        <v>28</v>
+      </c>
+      <c r="B473" s="4" t="s">
+        <v>772</v>
+      </c>
+      <c r="C473" s="4">
+        <v>264</v>
+      </c>
+      <c r="D473" s="4" t="s">
+        <v>771</v>
+      </c>
       <c r="E473" s="4">
         <v>470</v>
       </c>
       <c r="F473" s="4" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="4"/>
       <c r="B474" s="4"/>
       <c r="C474" s="4"/>
       <c r="D474" s="4"/>
       <c r="E474" s="4">
         <v>471</v>
       </c>
       <c r="F474" s="4" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="4"/>
       <c r="B475" s="4"/>
       <c r="C475" s="4"/>
       <c r="D475" s="4"/>
       <c r="E475" s="4">
@@ -10016,1392 +10037,1458 @@
     <row r="480" spans="1:6">
       <c r="A480" s="4"/>
       <c r="B480" s="4"/>
       <c r="C480" s="4"/>
       <c r="D480" s="4"/>
       <c r="E480" s="4">
         <v>477</v>
       </c>
       <c r="F480" s="4" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="4"/>
       <c r="B481" s="4"/>
       <c r="C481" s="4"/>
       <c r="D481" s="4"/>
       <c r="E481" s="4">
         <v>478</v>
       </c>
       <c r="F481" s="4" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="482" spans="1:6">
-      <c r="A482" s="4">
-[...10 lines deleted...]
-      </c>
+      <c r="A482" s="4"/>
+      <c r="B482" s="4"/>
+      <c r="C482" s="4"/>
+      <c r="D482" s="4"/>
       <c r="E482" s="4">
         <v>479</v>
       </c>
       <c r="F482" s="4" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="4"/>
       <c r="B483" s="4"/>
       <c r="C483" s="4"/>
       <c r="D483" s="4"/>
       <c r="E483" s="4">
         <v>480</v>
       </c>
       <c r="F483" s="4" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
     </row>
     <row r="484" spans="1:6">
-      <c r="A484" s="4">
-[...10 lines deleted...]
-      </c>
+      <c r="A484" s="4"/>
+      <c r="B484" s="4"/>
+      <c r="C484" s="4"/>
+      <c r="D484" s="4"/>
       <c r="E484" s="4">
         <v>481</v>
       </c>
       <c r="F484" s="4" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="4"/>
       <c r="B485" s="4"/>
       <c r="C485" s="4"/>
       <c r="D485" s="4"/>
       <c r="E485" s="4">
         <v>482</v>
       </c>
       <c r="F485" s="4" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="4"/>
       <c r="B486" s="4"/>
       <c r="C486" s="4"/>
       <c r="D486" s="4"/>
       <c r="E486" s="4">
         <v>483</v>
       </c>
       <c r="F486" s="4" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
     </row>
     <row r="487" spans="1:6">
-      <c r="A487" s="4"/>
-[...2 lines deleted...]
-      <c r="D487" s="4"/>
+      <c r="A487" s="4">
+        <v>29</v>
+      </c>
+      <c r="B487" s="4" t="s">
+        <v>776</v>
+      </c>
+      <c r="C487" s="4">
+        <v>265</v>
+      </c>
+      <c r="D487" s="4" t="s">
+        <v>775</v>
+      </c>
       <c r="E487" s="4">
         <v>484</v>
       </c>
       <c r="F487" s="4" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="4"/>
       <c r="B488" s="4"/>
       <c r="C488" s="4"/>
       <c r="D488" s="4"/>
       <c r="E488" s="4">
         <v>485</v>
       </c>
       <c r="F488" s="4" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
     </row>
     <row r="489" spans="1:6">
-      <c r="A489" s="4"/>
-[...2 lines deleted...]
-      <c r="D489" s="4"/>
+      <c r="A489" s="4">
+        <v>30</v>
+      </c>
+      <c r="B489" s="4" t="s">
+        <v>855</v>
+      </c>
+      <c r="C489" s="4">
+        <v>266</v>
+      </c>
+      <c r="D489" s="4" t="s">
+        <v>783</v>
+      </c>
       <c r="E489" s="4">
         <v>486</v>
       </c>
       <c r="F489" s="4" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="4"/>
       <c r="B490" s="4"/>
-      <c r="C490" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C490" s="4"/>
+      <c r="D490" s="4"/>
       <c r="E490" s="4">
         <v>487</v>
       </c>
       <c r="F490" s="4" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="4"/>
       <c r="B491" s="4"/>
       <c r="C491" s="4"/>
       <c r="D491" s="4"/>
       <c r="E491" s="4">
         <v>488</v>
       </c>
       <c r="F491" s="4" t="s">
-        <v>780</v>
+        <v>779</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="4"/>
       <c r="B492" s="4"/>
-      <c r="C492" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C492" s="4"/>
+      <c r="D492" s="4"/>
       <c r="E492" s="4">
         <v>489</v>
       </c>
       <c r="F492" s="4" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="4"/>
       <c r="B493" s="4"/>
       <c r="C493" s="4"/>
       <c r="D493" s="4"/>
       <c r="E493" s="4">
         <v>490</v>
       </c>
       <c r="F493" s="4" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="4"/>
       <c r="B494" s="4"/>
-      <c r="C494" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C494" s="4"/>
+      <c r="D494" s="4"/>
       <c r="E494" s="4">
         <v>491</v>
       </c>
       <c r="F494" s="4" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="4"/>
       <c r="B495" s="4"/>
       <c r="C495" s="4">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D495" s="4" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="E495" s="4">
         <v>492</v>
       </c>
       <c r="F495" s="4" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="4"/>
       <c r="B496" s="4"/>
       <c r="C496" s="4"/>
       <c r="D496" s="4"/>
       <c r="E496" s="4">
         <v>493</v>
       </c>
       <c r="F496" s="4" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="4"/>
       <c r="B497" s="4"/>
       <c r="C497" s="4">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="D497" s="4" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="E497" s="4">
         <v>494</v>
       </c>
       <c r="F497" s="4" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="4"/>
       <c r="B498" s="4"/>
       <c r="C498" s="4"/>
       <c r="D498" s="4"/>
       <c r="E498" s="4">
         <v>495</v>
       </c>
       <c r="F498" s="4" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="4"/>
       <c r="B499" s="4"/>
-      <c r="C499" s="4"/>
-      <c r="D499" s="4"/>
+      <c r="C499" s="4">
+        <v>269</v>
+      </c>
+      <c r="D499" s="4" t="s">
+        <v>790</v>
+      </c>
       <c r="E499" s="4">
         <v>496</v>
       </c>
       <c r="F499" s="4" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="4"/>
       <c r="B500" s="4"/>
       <c r="C500" s="4">
         <v>270</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>794</v>
       </c>
       <c r="E500" s="4">
         <v>497</v>
       </c>
       <c r="F500" s="4" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="4"/>
       <c r="B501" s="4"/>
-      <c r="C501" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C501" s="4"/>
+      <c r="D501" s="4"/>
       <c r="E501" s="4">
         <v>498</v>
       </c>
       <c r="F501" s="4" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="4"/>
       <c r="B502" s="4"/>
-      <c r="C502" s="4"/>
-      <c r="D502" s="4"/>
+      <c r="C502" s="4">
+        <v>271</v>
+      </c>
+      <c r="D502" s="4" t="s">
+        <v>798</v>
+      </c>
       <c r="E502" s="4">
         <v>499</v>
       </c>
       <c r="F502" s="4" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="4"/>
       <c r="B503" s="4"/>
-      <c r="C503" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C503" s="4"/>
+      <c r="D503" s="4"/>
       <c r="E503" s="4">
         <v>500</v>
       </c>
       <c r="F503" s="4" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="4"/>
       <c r="B504" s="4"/>
-      <c r="C504" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C504" s="4"/>
+      <c r="D504" s="4"/>
       <c r="E504" s="4">
         <v>501</v>
       </c>
       <c r="F504" s="4" t="s">
-        <v>802</v>
+        <v>797</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="4"/>
       <c r="B505" s="4"/>
       <c r="C505" s="4">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="D505" s="4" t="s">
-        <v>807</v>
+        <v>799</v>
       </c>
       <c r="E505" s="4">
         <v>502</v>
       </c>
       <c r="F505" s="4" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="4"/>
       <c r="B506" s="4"/>
-      <c r="C506" s="4"/>
-      <c r="D506" s="4"/>
+      <c r="C506" s="4">
+        <v>273</v>
+      </c>
+      <c r="D506" s="4" t="s">
+        <v>803</v>
+      </c>
       <c r="E506" s="4">
         <v>503</v>
       </c>
       <c r="F506" s="4" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="4"/>
       <c r="B507" s="4"/>
       <c r="C507" s="4"/>
       <c r="D507" s="4"/>
       <c r="E507" s="4">
         <v>504</v>
       </c>
       <c r="F507" s="4" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="4"/>
       <c r="B508" s="4"/>
-      <c r="C508" s="4"/>
-      <c r="D508" s="4"/>
+      <c r="C508" s="4">
+        <v>274</v>
+      </c>
+      <c r="D508" s="4" t="s">
+        <v>804</v>
+      </c>
       <c r="E508" s="4">
         <v>505</v>
       </c>
       <c r="F508" s="4" t="s">
-        <v>806</v>
+        <v>805</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="4"/>
       <c r="B509" s="4"/>
       <c r="C509" s="4">
         <v>275</v>
       </c>
       <c r="D509" s="4" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="E509" s="4">
         <v>506</v>
       </c>
       <c r="F509" s="4" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="4"/>
       <c r="B510" s="4"/>
       <c r="C510" s="4">
         <v>276</v>
       </c>
       <c r="D510" s="4" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="E510" s="4">
         <v>507</v>
       </c>
       <c r="F510" s="4" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="4"/>
       <c r="B511" s="4"/>
-      <c r="C511" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C511" s="4"/>
+      <c r="D511" s="4"/>
       <c r="E511" s="4">
         <v>508</v>
       </c>
       <c r="F511" s="4" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="4"/>
       <c r="B512" s="4"/>
       <c r="C512" s="4"/>
       <c r="D512" s="4"/>
       <c r="E512" s="4">
         <v>509</v>
       </c>
       <c r="F512" s="4" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="4"/>
       <c r="B513" s="4"/>
       <c r="C513" s="4"/>
       <c r="D513" s="4"/>
       <c r="E513" s="4">
         <v>510</v>
       </c>
       <c r="F513" s="4" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="4"/>
       <c r="B514" s="4"/>
-      <c r="C514" s="4"/>
-      <c r="D514" s="4"/>
+      <c r="C514" s="4">
+        <v>277</v>
+      </c>
+      <c r="D514" s="4" t="s">
+        <v>813</v>
+      </c>
       <c r="E514" s="4">
         <v>511</v>
       </c>
       <c r="F514" s="4" t="s">
-        <v>815</v>
+        <v>814</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="4"/>
       <c r="B515" s="4"/>
-      <c r="C515" s="4"/>
-      <c r="D515" s="4"/>
+      <c r="C515" s="4">
+        <v>278</v>
+      </c>
+      <c r="D515" s="4" t="s">
+        <v>815</v>
+      </c>
       <c r="E515" s="4">
         <v>512</v>
       </c>
       <c r="F515" s="4" t="s">
         <v>816</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="4"/>
       <c r="B516" s="4"/>
-      <c r="C516" s="4"/>
-      <c r="D516" s="4"/>
+      <c r="C516" s="4">
+        <v>279</v>
+      </c>
+      <c r="D516" s="4" t="s">
+        <v>824</v>
+      </c>
       <c r="E516" s="4">
         <v>513</v>
       </c>
       <c r="F516" s="4" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="4"/>
       <c r="B517" s="4"/>
       <c r="C517" s="4"/>
       <c r="D517" s="4"/>
       <c r="E517" s="4">
         <v>514</v>
       </c>
       <c r="F517" s="4" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="4"/>
       <c r="B518" s="4"/>
-      <c r="C518" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C518" s="4"/>
+      <c r="D518" s="4"/>
       <c r="E518" s="4">
         <v>515</v>
       </c>
       <c r="F518" s="4" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="4"/>
       <c r="B519" s="4"/>
       <c r="C519" s="4"/>
       <c r="D519" s="4"/>
       <c r="E519" s="4">
         <v>516</v>
       </c>
       <c r="F519" s="4" t="s">
-        <v>821</v>
+        <v>820</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="4"/>
       <c r="B520" s="4"/>
       <c r="C520" s="4"/>
       <c r="D520" s="4"/>
       <c r="E520" s="4">
         <v>517</v>
       </c>
       <c r="F520" s="4" t="s">
-        <v>822</v>
+        <v>821</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="4"/>
       <c r="B521" s="4"/>
-      <c r="C521" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C521" s="4"/>
+      <c r="D521" s="4"/>
       <c r="E521" s="4">
         <v>518</v>
       </c>
       <c r="F521" s="4" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="4"/>
       <c r="B522" s="4"/>
       <c r="C522" s="4"/>
       <c r="D522" s="4"/>
       <c r="E522" s="4">
         <v>519</v>
       </c>
       <c r="F522" s="4" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="4"/>
       <c r="B523" s="4"/>
-      <c r="C523" s="4"/>
-      <c r="D523" s="4"/>
+      <c r="C523" s="4">
+        <v>280</v>
+      </c>
+      <c r="D523" s="4" t="s">
+        <v>828</v>
+      </c>
       <c r="E523" s="4">
         <v>520</v>
       </c>
       <c r="F523" s="4" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="4"/>
       <c r="B524" s="4"/>
       <c r="C524" s="4"/>
       <c r="D524" s="4"/>
       <c r="E524" s="4">
         <v>521</v>
       </c>
       <c r="F524" s="4" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="4"/>
       <c r="B525" s="4"/>
       <c r="C525" s="4"/>
       <c r="D525" s="4"/>
       <c r="E525" s="4">
         <v>522</v>
       </c>
       <c r="F525" s="4" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="4"/>
       <c r="B526" s="4"/>
-      <c r="C526" s="4"/>
-      <c r="D526" s="4"/>
+      <c r="C526" s="4">
+        <v>281</v>
+      </c>
+      <c r="D526" s="4" t="s">
+        <v>836</v>
+      </c>
       <c r="E526" s="4">
         <v>523</v>
       </c>
       <c r="F526" s="4" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="4"/>
       <c r="B527" s="4"/>
       <c r="C527" s="4"/>
       <c r="D527" s="4"/>
       <c r="E527" s="4">
         <v>524</v>
       </c>
       <c r="F527" s="4" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="4"/>
       <c r="B528" s="4"/>
-      <c r="C528" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C528" s="4"/>
+      <c r="D528" s="4"/>
       <c r="E528" s="4">
         <v>525</v>
       </c>
       <c r="F528" s="4" t="s">
-        <v>833</v>
+        <v>831</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="4"/>
       <c r="B529" s="4"/>
-      <c r="C529" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C529" s="4"/>
+      <c r="D529" s="4"/>
       <c r="E529" s="4">
         <v>526</v>
       </c>
       <c r="F529" s="4" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="4"/>
       <c r="B530" s="4"/>
       <c r="C530" s="4"/>
       <c r="D530" s="4"/>
       <c r="E530" s="4">
         <v>527</v>
       </c>
       <c r="F530" s="4" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="4"/>
       <c r="B531" s="4"/>
       <c r="C531" s="4"/>
       <c r="D531" s="4"/>
       <c r="E531" s="4">
         <v>528</v>
       </c>
       <c r="F531" s="4" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="4"/>
       <c r="B532" s="4"/>
       <c r="C532" s="4"/>
       <c r="D532" s="4"/>
       <c r="E532" s="4">
         <v>529</v>
       </c>
       <c r="F532" s="4" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="4"/>
       <c r="B533" s="4"/>
       <c r="C533" s="4">
         <v>282</v>
       </c>
       <c r="D533" s="4" t="s">
-        <v>842</v>
+        <v>837</v>
       </c>
       <c r="E533" s="4">
         <v>530</v>
       </c>
       <c r="F533" s="4" t="s">
-        <v>839</v>
+        <v>838</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="4"/>
       <c r="B534" s="4"/>
-      <c r="C534" s="4"/>
-      <c r="D534" s="4"/>
+      <c r="C534" s="4">
+        <v>283</v>
+      </c>
+      <c r="D534" s="4" t="s">
+        <v>843</v>
+      </c>
       <c r="E534" s="4">
         <v>531</v>
       </c>
       <c r="F534" s="4" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="4"/>
       <c r="B535" s="4"/>
       <c r="C535" s="4"/>
       <c r="D535" s="4"/>
       <c r="E535" s="4">
         <v>532</v>
       </c>
       <c r="F535" s="4" t="s">
-        <v>841</v>
+        <v>840</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="4"/>
       <c r="B536" s="4"/>
-      <c r="C536" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C536" s="4"/>
+      <c r="D536" s="4"/>
       <c r="E536" s="4">
         <v>533</v>
       </c>
       <c r="F536" s="4" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="4"/>
       <c r="B537" s="4"/>
       <c r="C537" s="4"/>
       <c r="D537" s="4"/>
       <c r="E537" s="4">
         <v>534</v>
       </c>
       <c r="F537" s="4" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="4"/>
       <c r="B538" s="4"/>
-      <c r="C538" s="4"/>
-      <c r="D538" s="4"/>
+      <c r="C538" s="4">
+        <v>284</v>
+      </c>
+      <c r="D538" s="4" t="s">
+        <v>847</v>
+      </c>
       <c r="E538" s="4">
         <v>535</v>
       </c>
       <c r="F538" s="4" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="4"/>
       <c r="B539" s="4"/>
       <c r="C539" s="4"/>
       <c r="D539" s="4"/>
       <c r="E539" s="4">
         <v>536</v>
       </c>
       <c r="F539" s="4" t="s">
-        <v>846</v>
+        <v>845</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="4"/>
       <c r="B540" s="4"/>
-      <c r="C540" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C540" s="4"/>
+      <c r="D540" s="4"/>
       <c r="E540" s="4">
         <v>537</v>
       </c>
       <c r="F540" s="4" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
     </row>
     <row r="541" spans="1:6">
-      <c r="A541" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="A541" s="4"/>
+      <c r="B541" s="4"/>
       <c r="C541" s="4">
         <v>285</v>
       </c>
       <c r="D541" s="4" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="E541" s="4">
         <v>538</v>
       </c>
       <c r="F541" s="4" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="4"/>
       <c r="B542" s="4"/>
-      <c r="C542" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C542" s="4"/>
+      <c r="D542" s="4"/>
       <c r="E542" s="4">
         <v>539</v>
       </c>
       <c r="F542" s="4" t="s">
-        <v>854</v>
+        <v>849</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="4"/>
       <c r="B543" s="4"/>
-      <c r="C543" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C543" s="4"/>
+      <c r="D543" s="4"/>
       <c r="E543" s="4">
         <v>540</v>
       </c>
       <c r="F543" s="4" t="s">
-        <v>856</v>
+        <v>850</v>
       </c>
     </row>
     <row r="544" spans="1:6">
-      <c r="A544" s="4">
-[...10 lines deleted...]
-      </c>
+      <c r="A544" s="4"/>
+      <c r="B544" s="4"/>
+      <c r="C544" s="4"/>
+      <c r="D544" s="4"/>
       <c r="E544" s="4">
         <v>541</v>
       </c>
       <c r="F544" s="4" t="s">
-        <v>858</v>
+        <v>851</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="4"/>
       <c r="B545" s="4"/>
-      <c r="C545" s="4"/>
-      <c r="D545" s="4"/>
+      <c r="C545" s="4">
+        <v>286</v>
+      </c>
+      <c r="D545" s="4" t="s">
+        <v>853</v>
+      </c>
       <c r="E545" s="4">
         <v>542</v>
       </c>
       <c r="F545" s="4" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
     </row>
     <row r="546" spans="1:6">
-      <c r="A546" s="4"/>
-[...2 lines deleted...]
-      <c r="D546" s="4"/>
+      <c r="A546" s="4">
+        <v>31</v>
+      </c>
+      <c r="B546" s="4" t="s">
+        <v>862</v>
+      </c>
+      <c r="C546" s="4">
+        <v>287</v>
+      </c>
+      <c r="D546" s="4" t="s">
+        <v>856</v>
+      </c>
       <c r="E546" s="4">
         <v>543</v>
       </c>
       <c r="F546" s="4" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="4"/>
       <c r="B547" s="4"/>
-      <c r="C547" s="4"/>
-      <c r="D547" s="4"/>
+      <c r="C547" s="4">
+        <v>288</v>
+      </c>
+      <c r="D547" s="4" t="s">
+        <v>858</v>
+      </c>
       <c r="E547" s="4">
         <v>544</v>
       </c>
       <c r="F547" s="4" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="4"/>
       <c r="B548" s="4"/>
       <c r="C548" s="4">
         <v>289</v>
       </c>
       <c r="D548" s="4" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="E548" s="4">
         <v>545</v>
       </c>
       <c r="F548" s="4" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
     </row>
     <row r="549" spans="1:6">
-      <c r="A549" s="4"/>
-      <c r="B549" s="4"/>
+      <c r="A549" s="4">
+        <v>32</v>
+      </c>
+      <c r="B549" s="4" t="s">
+        <v>892</v>
+      </c>
       <c r="C549" s="4">
         <v>290</v>
       </c>
       <c r="D549" s="4" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="E549" s="4">
         <v>546</v>
       </c>
       <c r="F549" s="4" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="4"/>
       <c r="B550" s="4"/>
       <c r="C550" s="4"/>
       <c r="D550" s="4"/>
       <c r="E550" s="4">
         <v>547</v>
       </c>
       <c r="F550" s="4" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="4"/>
       <c r="B551" s="4"/>
       <c r="C551" s="4"/>
       <c r="D551" s="4"/>
       <c r="E551" s="4">
         <v>548</v>
       </c>
       <c r="F551" s="4" t="s">
-        <v>867</v>
+        <v>865</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="4"/>
       <c r="B552" s="4"/>
-      <c r="C552" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C552" s="4"/>
+      <c r="D552" s="4"/>
       <c r="E552" s="4">
         <v>549</v>
       </c>
       <c r="F552" s="4" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="4"/>
       <c r="B553" s="4"/>
       <c r="C553" s="4">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="D553" s="4" t="s">
-        <v>876</v>
+        <v>868</v>
       </c>
       <c r="E553" s="4">
         <v>550</v>
       </c>
       <c r="F553" s="4" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="4"/>
       <c r="B554" s="4"/>
-      <c r="C554" s="4"/>
-      <c r="D554" s="4"/>
+      <c r="C554" s="4">
+        <v>292</v>
+      </c>
+      <c r="D554" s="4" t="s">
+        <v>873</v>
+      </c>
       <c r="E554" s="4">
         <v>551</v>
       </c>
       <c r="F554" s="4" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="4"/>
       <c r="B555" s="4"/>
       <c r="C555" s="4"/>
       <c r="D555" s="4"/>
       <c r="E555" s="4">
         <v>552</v>
       </c>
       <c r="F555" s="4" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="4"/>
       <c r="B556" s="4"/>
       <c r="C556" s="4"/>
       <c r="D556" s="4"/>
       <c r="E556" s="4">
         <v>553</v>
       </c>
       <c r="F556" s="4" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="4"/>
       <c r="B557" s="4"/>
-      <c r="C557" s="4"/>
-      <c r="D557" s="4"/>
+      <c r="C557" s="4">
+        <v>293</v>
+      </c>
+      <c r="D557" s="4" t="s">
+        <v>874</v>
+      </c>
       <c r="E557" s="4">
         <v>554</v>
       </c>
       <c r="F557" s="4" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="4"/>
       <c r="B558" s="4"/>
       <c r="C558" s="4">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D558" s="4" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="E558" s="4">
         <v>555</v>
       </c>
       <c r="F558" s="4" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="4"/>
       <c r="B559" s="4"/>
       <c r="C559" s="4"/>
       <c r="D559" s="4"/>
       <c r="E559" s="4">
         <v>556</v>
       </c>
       <c r="F559" s="4" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="4"/>
       <c r="B560" s="4"/>
       <c r="C560" s="4"/>
       <c r="D560" s="4"/>
       <c r="E560" s="4">
         <v>557</v>
       </c>
       <c r="F560" s="4" t="s">
-        <v>879</v>
+        <v>878</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="4"/>
       <c r="B561" s="4"/>
       <c r="C561" s="4"/>
       <c r="D561" s="4"/>
       <c r="E561" s="4">
         <v>558</v>
       </c>
       <c r="F561" s="4" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="4"/>
       <c r="B562" s="4"/>
       <c r="C562" s="4"/>
       <c r="D562" s="4"/>
       <c r="E562" s="4">
         <v>559</v>
       </c>
       <c r="F562" s="4" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="4"/>
       <c r="B563" s="4"/>
-      <c r="C563" s="4"/>
-      <c r="D563" s="4"/>
+      <c r="C563" s="4">
+        <v>295</v>
+      </c>
+      <c r="D563" s="4" t="s">
+        <v>889</v>
+      </c>
       <c r="E563" s="4">
         <v>560</v>
       </c>
       <c r="F563" s="4" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="4"/>
       <c r="B564" s="4"/>
       <c r="C564" s="4"/>
       <c r="D564" s="4"/>
       <c r="E564" s="4">
         <v>561</v>
       </c>
       <c r="F564" s="4" t="s">
         <v>883</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="4"/>
       <c r="B565" s="4"/>
-      <c r="C565" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="C565" s="4"/>
+      <c r="D565" s="4"/>
       <c r="E565" s="4">
         <v>562</v>
       </c>
       <c r="F565" s="4" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="566" spans="1:6">
+      <c r="A566" s="4"/>
+      <c r="B566" s="4"/>
+      <c r="C566" s="4"/>
+      <c r="D566" s="4"/>
+      <c r="E566" s="4">
+        <v>563</v>
+      </c>
+      <c r="F566" s="4" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="567" spans="1:6">
+      <c r="A567" s="4"/>
+      <c r="B567" s="4"/>
+      <c r="C567" s="4"/>
+      <c r="D567" s="4"/>
+      <c r="E567" s="4">
+        <v>564</v>
+      </c>
+      <c r="F567" s="4" t="s">
         <v>886</v>
       </c>
     </row>
+    <row r="568" spans="1:6">
+      <c r="A568" s="4"/>
+      <c r="B568" s="4"/>
+      <c r="C568" s="4"/>
+      <c r="D568" s="4"/>
+      <c r="E568" s="4">
+        <v>565</v>
+      </c>
+      <c r="F568" s="4" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="569" spans="1:6">
+      <c r="A569" s="4"/>
+      <c r="B569" s="4"/>
+      <c r="C569" s="4"/>
+      <c r="D569" s="4"/>
+      <c r="E569" s="4">
+        <v>566</v>
+      </c>
+      <c r="F569" s="4" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="570" spans="1:6">
+      <c r="A570" s="4"/>
+      <c r="B570" s="4"/>
+      <c r="C570" s="4">
+        <v>296</v>
+      </c>
+      <c r="D570" s="4" t="s">
+        <v>890</v>
+      </c>
+      <c r="E570" s="4">
+        <v>567</v>
+      </c>
+      <c r="F570" s="4" t="s">
+        <v>891</v>
+      </c>
+    </row>
   </sheetData>
-  <mergeCells count="189">
+  <mergeCells count="195">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="C12:C16"/>
     <mergeCell ref="D12:D16"/>
     <mergeCell ref="A5:A17"/>
     <mergeCell ref="B5:B17"/>
     <mergeCell ref="C20:C23"/>
     <mergeCell ref="D20:D23"/>
     <mergeCell ref="A19:A27"/>
     <mergeCell ref="B19:B27"/>
     <mergeCell ref="C33:C34"/>
     <mergeCell ref="D33:D34"/>
     <mergeCell ref="C39:C41"/>
     <mergeCell ref="D39:D41"/>
     <mergeCell ref="C48:C50"/>
     <mergeCell ref="D48:D50"/>
     <mergeCell ref="C51:C56"/>
     <mergeCell ref="D51:D56"/>
     <mergeCell ref="A28:A62"/>
     <mergeCell ref="B28:B62"/>
     <mergeCell ref="C63:C65"/>
     <mergeCell ref="D63:D65"/>
     <mergeCell ref="A63:A65"/>
     <mergeCell ref="B63:B65"/>
     <mergeCell ref="C66:C68"/>
     <mergeCell ref="D66:D68"/>
     <mergeCell ref="C71:C72"/>
     <mergeCell ref="D71:D72"/>
     <mergeCell ref="C75:C78"/>
     <mergeCell ref="D75:D78"/>
     <mergeCell ref="A66:A79"/>
     <mergeCell ref="B66:B79"/>
-    <mergeCell ref="C80:C118"/>
-[...48 lines deleted...]
-    <mergeCell ref="D264:D265"/>
+    <mergeCell ref="C80:C119"/>
+    <mergeCell ref="D80:D119"/>
+    <mergeCell ref="A80:A119"/>
+    <mergeCell ref="B80:B119"/>
+    <mergeCell ref="C120:C128"/>
+    <mergeCell ref="D120:D128"/>
+    <mergeCell ref="C130:C132"/>
+    <mergeCell ref="D130:D132"/>
+    <mergeCell ref="A120:A136"/>
+    <mergeCell ref="B120:B136"/>
+    <mergeCell ref="C143:C146"/>
+    <mergeCell ref="D143:D146"/>
+    <mergeCell ref="C148:C151"/>
+    <mergeCell ref="D148:D151"/>
+    <mergeCell ref="A137:A167"/>
+    <mergeCell ref="B137:B167"/>
+    <mergeCell ref="C170:C171"/>
+    <mergeCell ref="D170:D171"/>
+    <mergeCell ref="A169:A171"/>
+    <mergeCell ref="B169:B171"/>
+    <mergeCell ref="C172:C173"/>
+    <mergeCell ref="D172:D173"/>
+    <mergeCell ref="A172:A175"/>
+    <mergeCell ref="B172:B175"/>
+    <mergeCell ref="C177:C190"/>
+    <mergeCell ref="D177:D190"/>
+    <mergeCell ref="C201:C202"/>
+    <mergeCell ref="D201:D202"/>
+    <mergeCell ref="C203:C204"/>
+    <mergeCell ref="D203:D204"/>
+    <mergeCell ref="A176:A217"/>
+    <mergeCell ref="B176:B217"/>
+    <mergeCell ref="C224:C225"/>
+    <mergeCell ref="D224:D225"/>
+    <mergeCell ref="A218:A226"/>
+    <mergeCell ref="B218:B226"/>
+    <mergeCell ref="C228:C230"/>
+    <mergeCell ref="D228:D230"/>
+    <mergeCell ref="C233:C236"/>
+    <mergeCell ref="D233:D236"/>
+    <mergeCell ref="C237:C242"/>
+    <mergeCell ref="D237:D242"/>
+    <mergeCell ref="C243:C246"/>
+    <mergeCell ref="D243:D246"/>
+    <mergeCell ref="C252:C253"/>
+    <mergeCell ref="D252:D253"/>
+    <mergeCell ref="C256:C257"/>
+    <mergeCell ref="D256:D257"/>
+    <mergeCell ref="A227:A257"/>
+    <mergeCell ref="B227:B257"/>
+    <mergeCell ref="C260:C261"/>
+    <mergeCell ref="D260:D261"/>
+    <mergeCell ref="C262:C264"/>
+    <mergeCell ref="D262:D264"/>
     <mergeCell ref="C269:C270"/>
     <mergeCell ref="D269:D270"/>
-    <mergeCell ref="C271:C272"/>
-[...4 lines deleted...]
-    <mergeCell ref="D307:D310"/>
+    <mergeCell ref="C274:C275"/>
+    <mergeCell ref="D274:D275"/>
+    <mergeCell ref="C276:C277"/>
+    <mergeCell ref="D276:D277"/>
+    <mergeCell ref="C282:C311"/>
+    <mergeCell ref="D282:D311"/>
     <mergeCell ref="C312:C315"/>
     <mergeCell ref="D312:D315"/>
-    <mergeCell ref="C316:C323"/>
-[...58 lines deleted...]
-    <mergeCell ref="D492:D493"/>
+    <mergeCell ref="C317:C320"/>
+    <mergeCell ref="D317:D320"/>
+    <mergeCell ref="C321:C328"/>
+    <mergeCell ref="D321:D328"/>
+    <mergeCell ref="C330:C333"/>
+    <mergeCell ref="D330:D333"/>
+    <mergeCell ref="C334:C346"/>
+    <mergeCell ref="D334:D346"/>
+    <mergeCell ref="C348:C350"/>
+    <mergeCell ref="D348:D350"/>
+    <mergeCell ref="C351:C352"/>
+    <mergeCell ref="D351:D352"/>
+    <mergeCell ref="A258:A354"/>
+    <mergeCell ref="B258:B354"/>
+    <mergeCell ref="C355:C356"/>
+    <mergeCell ref="D355:D356"/>
+    <mergeCell ref="A355:A356"/>
+    <mergeCell ref="B355:B356"/>
+    <mergeCell ref="C357:C358"/>
+    <mergeCell ref="D357:D358"/>
+    <mergeCell ref="A357:A358"/>
+    <mergeCell ref="B357:B358"/>
+    <mergeCell ref="C365:C366"/>
+    <mergeCell ref="D365:D366"/>
+    <mergeCell ref="C374:C376"/>
+    <mergeCell ref="D374:D376"/>
+    <mergeCell ref="A361:A379"/>
+    <mergeCell ref="B361:B379"/>
+    <mergeCell ref="A381:A388"/>
+    <mergeCell ref="B381:B388"/>
+    <mergeCell ref="C396:C397"/>
+    <mergeCell ref="D396:D397"/>
+    <mergeCell ref="C406:C411"/>
+    <mergeCell ref="D406:D411"/>
+    <mergeCell ref="C416:C420"/>
+    <mergeCell ref="D416:D420"/>
+    <mergeCell ref="C422:C424"/>
+    <mergeCell ref="D422:D424"/>
+    <mergeCell ref="A389:A434"/>
+    <mergeCell ref="B389:B434"/>
+    <mergeCell ref="C438:C446"/>
+    <mergeCell ref="D438:D446"/>
+    <mergeCell ref="C447:C448"/>
+    <mergeCell ref="D447:D448"/>
+    <mergeCell ref="C449:C450"/>
+    <mergeCell ref="D449:D450"/>
+    <mergeCell ref="A436:A472"/>
+    <mergeCell ref="B436:B472"/>
+    <mergeCell ref="C473:C486"/>
+    <mergeCell ref="D473:D486"/>
+    <mergeCell ref="A473:A486"/>
+    <mergeCell ref="B473:B486"/>
+    <mergeCell ref="C487:C488"/>
+    <mergeCell ref="D487:D488"/>
+    <mergeCell ref="A487:A488"/>
+    <mergeCell ref="B487:B488"/>
+    <mergeCell ref="C489:C494"/>
+    <mergeCell ref="D489:D494"/>
     <mergeCell ref="C495:C496"/>
     <mergeCell ref="D495:D496"/>
-    <mergeCell ref="C497:C499"/>
-[...30 lines deleted...]
-    <mergeCell ref="B544:B565"/>
+    <mergeCell ref="C497:C498"/>
+    <mergeCell ref="D497:D498"/>
+    <mergeCell ref="C500:C501"/>
+    <mergeCell ref="D500:D501"/>
+    <mergeCell ref="C502:C504"/>
+    <mergeCell ref="D502:D504"/>
+    <mergeCell ref="C506:C507"/>
+    <mergeCell ref="D506:D507"/>
+    <mergeCell ref="C510:C513"/>
+    <mergeCell ref="D510:D513"/>
+    <mergeCell ref="C516:C522"/>
+    <mergeCell ref="D516:D522"/>
+    <mergeCell ref="C523:C525"/>
+    <mergeCell ref="D523:D525"/>
+    <mergeCell ref="C526:C532"/>
+    <mergeCell ref="D526:D532"/>
+    <mergeCell ref="C534:C537"/>
+    <mergeCell ref="D534:D537"/>
+    <mergeCell ref="C538:C540"/>
+    <mergeCell ref="D538:D540"/>
+    <mergeCell ref="C541:C544"/>
+    <mergeCell ref="D541:D544"/>
+    <mergeCell ref="A489:A545"/>
+    <mergeCell ref="B489:B545"/>
+    <mergeCell ref="A546:A548"/>
+    <mergeCell ref="B546:B548"/>
+    <mergeCell ref="C549:C552"/>
+    <mergeCell ref="D549:D552"/>
+    <mergeCell ref="C554:C556"/>
+    <mergeCell ref="D554:D556"/>
+    <mergeCell ref="C558:C562"/>
+    <mergeCell ref="D558:D562"/>
+    <mergeCell ref="C563:C569"/>
+    <mergeCell ref="D563:D569"/>
+    <mergeCell ref="A549:A570"/>
+    <mergeCell ref="B549:B570"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>